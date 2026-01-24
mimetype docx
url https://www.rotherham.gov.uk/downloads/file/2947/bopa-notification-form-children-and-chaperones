--- v0 (2025-11-11)
+++ v1 (2026-01-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="62215E77" w14:textId="14A2BBCD" w:rsidR="003425B2" w:rsidRPr="00A274B0" w:rsidRDefault="000768F6" w:rsidP="000768F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A274B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>BOPA – Notification of Children and Chaperones Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420B69DC" w14:textId="4AE8F437" w:rsidR="000768F6" w:rsidRDefault="000768F6" w:rsidP="000768F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -927,994 +927,1203 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A9D4D03" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00B36CBB" w:rsidRDefault="00E04A64" w:rsidP="00A274B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04A64" w14:paraId="7CC5723B" w14:textId="77777777" w:rsidTr="004239DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="017F8924" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...7 lines deleted...]
-          <w:p w14:paraId="5D1B562A" w14:textId="034FCAB4" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00B36CBB" w:rsidP="00E04A64">
+          <w:p w14:paraId="017F8924" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="002545DA" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:highlight w:val="blue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D1B562A" w14:textId="034FCAB4" w:rsidR="00E04A64" w:rsidRPr="002545DA" w:rsidRDefault="00B36CBB" w:rsidP="00E04A64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:highlight w:val="blue"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002545DA">
+              <w:rPr>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Number of c</w:t>
+            </w:r>
+            <w:r w:rsidR="00E04A64" w:rsidRPr="002545DA">
+              <w:rPr>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>hildren residing in other authorities</w:t>
+            </w:r>
+            <w:r w:rsidR="009431D2" w:rsidRPr="002545DA">
+              <w:rPr>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00E04A64" w:rsidRPr="002545DA">
+              <w:rPr>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>please state authority name and split by authority e.g. Sheffield, Doncaster etc.</w:t>
+            </w:r>
+            <w:r w:rsidR="009431D2" w:rsidRPr="002545DA">
+              <w:rPr>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A95C67" w14:paraId="05D9863D" w14:textId="77777777" w:rsidTr="004B1180">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C364AA" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00E04A64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EA0FF68" w14:textId="75C514FF" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00E04A64">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Number of c</w:t>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Local Authority</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A8C1745" w14:textId="7A306BB5" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00E04A64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2793" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF8C7BC" w14:textId="3B131E18" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0-4 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D39BE5" w14:textId="30F28BC4" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00E04A64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5-8 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3039" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEC49D6" w14:textId="4AECDF4F" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00E04A64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>9 years and over</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E04A64" w14:paraId="05D9863D" w14:textId="77777777" w:rsidTr="00800935">
+      <w:tr w:rsidR="00A95C67" w14:paraId="549614BE" w14:textId="77777777" w:rsidTr="00800935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0A8C1745" w14:textId="7A306BB5" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3854B53A" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B656C96" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="24B94D2F" w14:textId="2CA34354" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Male</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D038B03" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="73D2D91D" w14:textId="23F96A07" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Female</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF8C7BC" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7AE033F4" w14:textId="6663B5D1" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*Other Identification</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22134261" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="063612C0" w14:textId="53761B4B" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Male</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E636DD" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="637A1402" w14:textId="18347E16" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Female</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35D39BE5" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D5E7CC6" w14:textId="37CA8A4C" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*Other Identification</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12107158" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0CE58EED" w14:textId="6A7B2BDF" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Male</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD8E595" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5DA8C927" w14:textId="124EF5B0" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Female</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEC49D6" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2F39B9B5" w14:textId="7A341516" w:rsidR="00A95C67" w:rsidRPr="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*Other Identification</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E04A64" w14:paraId="6C7335F8" w14:textId="77777777" w:rsidTr="00800935">
+      <w:tr w:rsidR="00A95C67" w14:paraId="6C7335F8" w14:textId="77777777" w:rsidTr="00800935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC1204E" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...7 lines deleted...]
-          <w:p w14:paraId="278266F3" w14:textId="70392804" w:rsidR="00A274B0" w:rsidRDefault="00A274B0" w:rsidP="00E04A64">
+          <w:p w14:paraId="5BC1204E" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="278266F3" w14:textId="70392804" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B432CC" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="50B432CC" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0D90A1" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="2C0D90A1" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F724622" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="1F724622" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF9516D" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="7DF9516D" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B5C2F3" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="60B5C2F3" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3804C3F6" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="3804C3F6" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE8C7C" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="29DE8C7C" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C03BE6" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="59C03BE6" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC6D201" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="3EC6D201" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E04A64" w14:paraId="4F36D3AD" w14:textId="77777777" w:rsidTr="00800935">
+      <w:tr w:rsidR="00A95C67" w14:paraId="4F36D3AD" w14:textId="77777777" w:rsidTr="00800935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B86F9F" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...7 lines deleted...]
-          <w:p w14:paraId="647BE534" w14:textId="1B013E1C" w:rsidR="00A274B0" w:rsidRDefault="00A274B0" w:rsidP="00E04A64">
+          <w:p w14:paraId="19B86F9F" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="647BE534" w14:textId="1B013E1C" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0014DCC7" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="0014DCC7" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B666C73" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="3B666C73" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635B4D6C" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="635B4D6C" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B600F3" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="40B600F3" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214F4684" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="214F4684" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7951006E" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="7951006E" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="338A6AEE" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="338A6AEE" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="603506BF" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="603506BF" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D50C8DE" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="6D50C8DE" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E04A64" w14:paraId="5F942293" w14:textId="77777777" w:rsidTr="00800935">
+      <w:tr w:rsidR="00A95C67" w14:paraId="5F942293" w14:textId="77777777" w:rsidTr="00800935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12888C6B" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...7 lines deleted...]
-          <w:p w14:paraId="672A3B43" w14:textId="539EEA1F" w:rsidR="00A274B0" w:rsidRDefault="00A274B0" w:rsidP="00E04A64">
+          <w:p w14:paraId="12888C6B" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="672A3B43" w14:textId="539EEA1F" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A305A72" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="5A305A72" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0AB0D7" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="0C0AB0D7" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112EF163" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="112EF163" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50EF2F2B" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="50EF2F2B" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F1540D" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="02F1540D" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F321883" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="7F321883" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE356B9" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="3FE356B9" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F82CECD" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="0F82CECD" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28444EEA" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="28444EEA" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E04A64" w14:paraId="68D9A4DB" w14:textId="77777777" w:rsidTr="00800935">
+      <w:tr w:rsidR="00A95C67" w14:paraId="68D9A4DB" w14:textId="77777777" w:rsidTr="00800935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4091C8" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
-[...7 lines deleted...]
-          <w:p w14:paraId="06F829B2" w14:textId="36D633A5" w:rsidR="00A274B0" w:rsidRDefault="00A274B0" w:rsidP="00E04A64">
+          <w:p w14:paraId="0A4091C8" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06F829B2" w14:textId="36D633A5" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79644AE8" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="79644AE8" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179A9DCB" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="179A9DCB" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21A443CC" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="21A443CC" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C9B4CA" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="35C9B4CA" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16296E65" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="16296E65" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7CD755" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="4E7CD755" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="265DAC06" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="265DAC06" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="729D3B57" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="729D3B57" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14FA7EA8" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="14FA7EA8" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E04A64" w14:paraId="51BEFD6C" w14:textId="77777777" w:rsidTr="00800935">
+      <w:tr w:rsidR="00A95C67" w14:paraId="51BEFD6C" w14:textId="77777777" w:rsidTr="00800935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="633B2CF9" w14:textId="77777777" w:rsidR="00A274B0" w:rsidRDefault="00A274B0" w:rsidP="00E04A64">
-[...6 lines deleted...]
-          <w:p w14:paraId="0E288013" w14:textId="4A9C24C3" w:rsidR="00E04A64" w:rsidRPr="00A274B0" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="633B2CF9" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E288013" w14:textId="4A9C24C3" w:rsidR="00A95C67" w:rsidRPr="00A274B0" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A274B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>TOTALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="42C601F7" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="42C601F7" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="414628E3" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="414628E3" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9B633B" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="3B9B633B" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="533AB54F" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="533AB54F" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4A809A" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="0E4A809A" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3452CF" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="5B3452CF" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0159B841" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="0159B841" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="69FE3C0D" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="69FE3C0D" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="59529F88" w14:textId="77777777" w:rsidR="00E04A64" w:rsidRPr="00E04A64" w:rsidRDefault="00E04A64" w:rsidP="00E04A64">
+          <w:p w14:paraId="59529F88" w14:textId="77777777" w:rsidR="00A95C67" w:rsidRPr="00E04A64" w:rsidRDefault="00A95C67" w:rsidP="00A95C67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C66EF81" w14:textId="15479C33" w:rsidR="000768F6" w:rsidRDefault="000768F6" w:rsidP="00B36CBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77400739" w14:textId="541ECE6B" w:rsidR="00B36CBB" w:rsidRDefault="00B36CBB" w:rsidP="00B36CBB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2723,51 +2932,51 @@
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D367D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E64C1A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="9"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2950,85 +3159,87 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="721514366">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="287472462">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000768F6"/>
     <w:rsid w:val="000768F6"/>
     <w:rsid w:val="00200CBE"/>
+    <w:rsid w:val="002545DA"/>
     <w:rsid w:val="003425B2"/>
     <w:rsid w:val="003C4511"/>
     <w:rsid w:val="00517F97"/>
     <w:rsid w:val="00553D7E"/>
     <w:rsid w:val="00800935"/>
     <w:rsid w:val="009431D2"/>
     <w:rsid w:val="00A274B0"/>
     <w:rsid w:val="00A36251"/>
+    <w:rsid w:val="00A95C67"/>
     <w:rsid w:val="00AA68DA"/>
     <w:rsid w:val="00B11662"/>
     <w:rsid w:val="00B36CBB"/>
     <w:rsid w:val="00E04A64"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3889,72 +4100,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>122</Words>
-  <Characters>696</Characters>
+  <Words>144</Words>
+  <Characters>822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>817</CharactersWithSpaces>
+  <CharactersWithSpaces>965</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alison Wadsworth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>