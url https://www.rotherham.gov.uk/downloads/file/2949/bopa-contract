--- v0 (2025-11-11)
+++ v1 (2026-01-24)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="2ACEE6F4" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="00974422" w:rsidRDefault="00EC0C11" w:rsidP="00E01DA6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00070979">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>CONTRACT OF AGREEMENT</w:t>
       </w:r>
     </w:p>
@@ -671,100 +671,130 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>No payment will be made to the child or anyone else, on behalf of the child, other than for defraying expenses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742A4339" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
+    <w:p w14:paraId="742A4339" w14:textId="49EF6357" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>No child will be absent from school to take part in a performance given under the Body of Persons approval.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1461E6A2" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
+        <w:t>No child will be absent from school to take part in a performance given under the Body of Persons approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00681DC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without written permission for the absence, from their head teacher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1461E6A2" w14:textId="1A5763F1" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>The organisation will provide the Local Authority (LA) with details of each performance/rehearsal including the dates, times, and location, at least 21 days in advance of the first performance unless the LA has agreed to a shorter notice period.  Any changes to the performance schedule must be advised to the LA in advance.  The organisation will also provide the name and contact details of the lead person responsible for each performance.</w:t>
+        <w:t>The organisation will provide the Local Authority (LA) with details of each performance including the dates, times, and location,</w:t>
+      </w:r>
+      <w:r w:rsidR="00681DC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> together with the full name, date of birth and address of all children taking part, at least </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B26B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>21 days in advance of the first performance unless the LA has agreed to a shorter notice period.  Any changes to the performance schedule must be advised to the LA in advance.  The organisation will also provide the name and contact details of the lead person responsible for each performance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD99153" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -824,73 +854,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="57F01D92" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The organisation will ensure that an appropriate number of Local Authority approved chaperones (see Reg.15) are engaged to care for the children employed, having specific regard to their sex and age, ensuring that each child is </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">The organisation will ensure that an appropriate number of Local Authority approved chaperones (see Reg.15) are engaged to care for the children employed, having specific regard to their sex and age, ensuring that each child is supervised at all times.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E4378C" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -979,77 +987,85 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>The organisation will ensure signing in and out sheets and daily record sheets are completed for each performance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A35AA07" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
-[...21 lines deleted...]
-    <w:p w14:paraId="7AFC7994" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
+    <w:p w14:paraId="7AFC7994" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="692B9BCD" w14:textId="77777777" w:rsidR="00681DC6" w:rsidRDefault="00681DC6" w:rsidP="00EC0C11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E2FEA1C" w14:textId="77777777" w:rsidR="00681DC6" w:rsidRDefault="00681DC6" w:rsidP="00EC0C11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5CDCB1" w14:textId="77777777" w:rsidR="00681DC6" w:rsidRPr="002B26B3" w:rsidRDefault="00681DC6" w:rsidP="00EC0C11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CE98DD2" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34BE80E8" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -1087,51 +1103,50 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67C8A190" w14:textId="00EDBEF4" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CONTRACT OF AGREEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16EAF50B" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EC777C5" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1291,73 +1306,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29C4CBC3" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Failure to comply with Children &amp; Young Persons Act 1963 s.37 and The Children (Performances and Activities) (England) Regulations 2014 is a criminal offence, which on conviction carries a maximum penalty of </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> imprisonment or both, for each offence.</w:t>
+        <w:t>Failure to comply with Children &amp; Young Persons Act 1963 s.37 and The Children (Performances and Activities) (England) Regulations 2014 is a criminal offence, which on conviction carries a maximum penalty of £1,000 or three months imprisonment or both, for each offence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC9C370" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="405BAA74" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -1724,75 +1717,111 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E00B3B0" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BFA2847" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66E7EE41" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
+    <w:p w14:paraId="66E7EE41" w14:textId="7CCC85A9" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00EC0C11" w:rsidP="00EC0C11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please send completed application form and signed contract to: -</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6AAC11DF" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="00E01DA6" w:rsidP="00EC0C11">
+        <w:t>Please send completed application form</w:t>
+      </w:r>
+      <w:r w:rsidR="00010CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B26B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>signed contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00010CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and notification form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B26B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to: -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAC11DF" w14:textId="77777777" w:rsidR="00EC0C11" w:rsidRPr="002B26B3" w:rsidRDefault="007447FA" w:rsidP="00EC0C11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00EC0C11" w:rsidRPr="002B26B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>childemployment@rotherham.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
@@ -1980,51 +2009,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT Condensed">
     <w:panose1 w:val="020B0606020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D74276C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9732E2EC"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2121,75 +2150,77 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="724718965">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC0C11"/>
+    <w:rsid w:val="00010CC9"/>
     <w:rsid w:val="002B26B3"/>
     <w:rsid w:val="003425B2"/>
     <w:rsid w:val="00553D7E"/>
+    <w:rsid w:val="00681DC6"/>
+    <w:rsid w:val="007447FA"/>
     <w:rsid w:val="00B95015"/>
     <w:rsid w:val="00DA183C"/>
     <w:rsid w:val="00E01DA6"/>
     <w:rsid w:val="00EC0C11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3045,72 +3076,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{682D6EBE-8D36-4FF2-9DB3-F3D8D7B6715D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{296FFBB4-120D-42E1-9EE5-412EEE48E97C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>556</Words>
-  <Characters>3171</Characters>
+  <Words>539</Words>
+  <Characters>3076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3720</CharactersWithSpaces>
+  <CharactersWithSpaces>3608</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alison Wadsworth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>