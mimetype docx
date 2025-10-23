--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,132 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B0F0629" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00692084">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="7909"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722B8369" wp14:editId="0A5D50A7">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722B8369" wp14:editId="0A95694F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>9164303</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="816610"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1" name="image1.jpeg"/>
+            <wp:docPr id="1" name="image1.jpeg" descr="RMBC banner with link to www.rotherham.gov.uk"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.jpeg"/>
+                    <pic:cNvPr id="1" name="image1.jpeg" descr="RMBC banner with link to www.rotherham.gov.uk"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="816610"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38EBD3BC" wp14:editId="4A26AE8F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38EBD3BC" wp14:editId="348BA93B">
             <wp:extent cx="1730733" cy="672083"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="image2.jpeg"/>
+            <wp:docPr id="3" name="image2.jpeg" descr="RMBC logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image2.jpeg"/>
+                    <pic:cNvPr id="3" name="image2.jpeg" descr="RMBC logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1730733" cy="672083"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A6C0971" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00C709B4">
@@ -265,70 +266,70 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>A GUIDE FOR PARENTS AND CARERS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AFABB9E" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00C709B4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FFC72B7" w14:textId="3A5233BE" w:rsidR="00C709B4" w:rsidRPr="00D37A8B" w:rsidRDefault="00692084">
+    <w:p w14:paraId="6FFC72B7" w14:textId="597C4075" w:rsidR="00C709B4" w:rsidRPr="00D37A8B" w:rsidRDefault="00692084">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="2259"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37A8B">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised: </w:t>
       </w:r>
-      <w:r w:rsidR="007F1889">
+      <w:r w:rsidR="00B90752">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>February</w:t>
+        <w:t>September</w:t>
       </w:r>
       <w:r w:rsidR="00D37A8B" w:rsidRPr="00D37A8B">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="007F1889">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C9B9E9" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00C709B4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:sectPr w:rsidR="00C709B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="780" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -935,65 +936,51 @@
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C709B4" w14:paraId="4F9C5ABD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08D3FFEC" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00692084">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">What if my child has an Education, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and Care Plan?</w:t>
+              <w:t>What if my child has an Education, Health and Care Plan?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1953" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="480DAC6B" w14:textId="746FBD1B" w:rsidR="00C709B4" w:rsidRDefault="00A636AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1202"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C709B4" w14:paraId="776EAA68" w14:textId="77777777">
@@ -2315,59 +2302,51 @@
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve">No later than 10 school days before the hearing, the Appeal Clerk will provide you with written notification of </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42AAF7F1" w14:textId="77777777" w:rsidR="007D33E1" w:rsidRPr="00607358" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve">the date of and arrangements for the hearing. The notification will include a deadline for the submission of </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="178B9602" w14:textId="77777777" w:rsidR="007D33E1" w:rsidRPr="00607358" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve">any further evidence that was not sent with the initial appeal. Any information or evidence not submitted by </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A02883" w14:textId="77777777" w:rsidR="007D33E1" w:rsidRPr="00607358" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
-        <w:t xml:space="preserve">the deadline might not be considered at the appeal.  The Appeal Panel must decide whether any </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">the deadline might not be considered at the appeal.  The Appeal Panel must decide whether any material </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0BE94A" w14:textId="77777777" w:rsidR="007D33E1" w:rsidRPr="00607358" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve">not submitted by the specified deadline is to be considered, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00607358">
         <w:t>taking into account</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve"> its significance and the effect </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B93509" w14:textId="2B3F00BC" w:rsidR="001F508B" w:rsidRPr="00607358" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t>of a possible need to adjourn the hearing.</w:t>
       </w:r>
@@ -2389,95 +2368,79 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5C73B283" w14:textId="77777777" w:rsidR="002E1C08" w:rsidRPr="001F508B" w:rsidRDefault="002E1C08" w:rsidP="002E1C08">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="508F53AB" w14:textId="77777777" w:rsidR="001F508B" w:rsidRPr="001F508B" w:rsidRDefault="001F508B" w:rsidP="001F508B">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="green"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E04F572" w14:textId="77777777" w:rsidR="007D33E1" w:rsidRPr="00607358" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
-        <w:t xml:space="preserve">The admission authority will supply the Clerk to the Appeal Panel with all relevant documents including </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The admission authority will supply the Clerk to the Appeal Panel with all relevant documents including details </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5048813E" w14:textId="520EF075" w:rsidR="00122B54" w:rsidRDefault="001F508B" w:rsidP="007D33E1">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t>of how the admission arrangements and</w:t>
       </w:r>
       <w:r w:rsidR="00122B54">
         <w:t xml:space="preserve"> if relevant, how </w:t>
       </w:r>
       <w:r w:rsidRPr="00607358">
         <w:t>the co-ordinated admissions scheme appl</w:t>
       </w:r>
       <w:r w:rsidR="00122B54">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve"> to your </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E836F60" w14:textId="77777777" w:rsidR="00122B54" w:rsidRDefault="001F508B" w:rsidP="00122B54">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
-        <w:t xml:space="preserve">child’s application, the reasons for the decision to refuse admission and an explanation as to how </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">child’s application, the reasons for the decision to refuse admission and an explanation as to how admission </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4215CEDB" w14:textId="77777777" w:rsidR="00122B54" w:rsidRDefault="001F508B" w:rsidP="00122B54">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t xml:space="preserve">of an additional child would cause prejudice to the provision of efficient education or efficient use of resources </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106E7DD5" w14:textId="7DDDD3DD" w:rsidR="001F508B" w:rsidRPr="00122B54" w:rsidRDefault="001F508B" w:rsidP="00122B54">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="00607358">
         <w:t>at the school/academy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A107E9" w14:textId="77777777" w:rsidR="001F508B" w:rsidRPr="001F508B" w:rsidRDefault="001F508B" w:rsidP="009A5A92">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="924"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
@@ -2641,90 +2604,74 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D1CE69B" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>HOW DO I PREPARE FOR THE HEARING?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C7AF56" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F9E46B7" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="888"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">You should normally be given at least 10 school days’ notice of the date and time of the hearing. A reasonable time before the hearing, you should receive a written statement of the Local Authority/Admission Authority’s case. The Clerk to the Appeal Panel will send you details of the date, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and place at which the hearing is to be</w:t>
+        <w:t>You should normally be given at least 10 school days’ notice of the date and time of the hearing. A reasonable time before the hearing, you should receive a written statement of the Local Authority/Admission Authority’s case. The Clerk to the Appeal Panel will send you details of the date, time and place at which the hearing is to be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>held.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560BB777" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A8A3A08" w14:textId="1ECB39D9" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="883"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Appeal Panel must give the parents/carers the opportunity of attending the hearing personally to make representations should he/she </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to do so. It is very important that you should try to attend the hearing no matter how nervous or uncertain you may feel. It helps the Appeal Panel to arrive at a decision if you </w:t>
+        <w:t xml:space="preserve">The Appeal Panel must give the parents/carers the opportunity of attending the hearing personally to make representations should he/she wish to do so. It is very important that you should try to attend the hearing no matter how nervous or uncertain you may feel. It helps the Appeal Panel to arrive at a decision if you </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>are able to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> attend the hearing, either in person or remotely, to put forward the case for your child. If you are unable to attend the hearing, you should let the Clerk know in good time, in order that, if required and where practicable, an alternative date and time for the hearing may be arranged. The hearing may be held in your absence where you choose not to attend or when it is unable to </w:t>
       </w:r>
       <w:r w:rsidR="00886AA1">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r>
         <w:t>reschedule</w:t>
       </w:r>
       <w:r w:rsidR="00886AA1">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and your case will be heard </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>on the basis of</w:t>
       </w:r>
@@ -2872,59 +2819,51 @@
           <w:u w:val="thick"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>TYPES OF APPEAL – GROUPED APPEALS AND INDIVIDUAL APPEALS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C193FD" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34E7B630" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="74" w:line="253" w:lineRule="exact"/>
         <w:ind w:left="132" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">There are two types of appeal, Grouped </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and Individual Appeals.</w:t>
+        <w:t>There are two types of appeal, Grouped Appeals and Individual Appeals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71AB1CA4" w14:textId="77777777" w:rsidR="00886AA1" w:rsidRDefault="00886AA1" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="883"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38452B3A" w14:textId="4C76AC00" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="883"/>
       </w:pPr>
       <w:r>
         <w:t>For both types of appeal</w:t>
       </w:r>
       <w:r w:rsidR="00886AA1">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> it is necessary to establish whether there are Key Stage One class size implications which may apply to schools/academies with pupils aged 5, 6 and 7 years old. For further details please refer to Appendix A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30418410" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
@@ -3028,51 +2967,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3DEA9097" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB9C05A" w14:textId="5779D854" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="865"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">At the end of Stage 1, the Panel </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>has to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> decide whether or not the Local Authority/Admission Authority has proved its case. If the Panel does not think the case has been proven the place is offered. Please see</w:t>
+        <w:t xml:space="preserve"> decide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Local Authority/Admission Authority has proved its case. If the Panel does not think the case has been proven the place is offered. Please see</w:t>
       </w:r>
       <w:r w:rsidR="000A18F2">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “How </w:t>
       </w:r>
       <w:r w:rsidR="000A18F2">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">oes </w:t>
       </w:r>
       <w:r w:rsidR="000A18F2">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">he Panel </w:t>
       </w:r>
       <w:r w:rsidR="000A18F2">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">each </w:t>
       </w:r>
@@ -3249,97 +3196,86 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007314AA">
         <w:t>have the opportunity to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007314AA">
         <w:t xml:space="preserve"> speak and make their case in an orderly manner, without interruption.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F846DA7" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="066F7DDB" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">To ensure fairness and transparency, the Clerk will manage all parties and ensure parents and </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">To ensure fairness and transparency, the Clerk will manage all parties and ensure parents and Presenting </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3BFA65" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Officer(s) from the Local Authority/Admission Authority enter and leave the hearing together. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E01EB9A" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AB856FA" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852"/>
       </w:pPr>
-      <w:r w:rsidRPr="007314AA">
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007314AA">
-        <w:t>will</w:t>
+        <w:t>In the event that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007314AA">
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> you do not attend and have not contacted the Clerk prior to the hearing, the appeal will </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CED7B1A" w14:textId="77777777" w:rsidR="00DE2435" w:rsidRPr="00973BFE" w:rsidRDefault="00DE2435" w:rsidP="00DE2435">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r w:rsidRPr="007314AA">
         <w:t>go ahead in your absence based on your written representations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0561CAD8" w14:textId="05FA2176" w:rsidR="00DE2435" w:rsidRDefault="00DE2435" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00DE2435">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="940" w:right="0" w:bottom="1240" w:left="0" w:header="0" w:footer="1049" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E5EFDF8" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00C709B4"/>
     <w:p w14:paraId="32BB9A90" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF"/>
     <w:p w14:paraId="0A545A13" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
@@ -3962,88 +3898,72 @@
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00096D42" w:rsidRPr="005D14FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.gov.uk/government/organisations/department-for-education</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5D343A7E" w14:textId="77777777" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37B4D688" w14:textId="4D6E5FA0" w:rsidR="000834FF" w:rsidRDefault="000834FF" w:rsidP="000834FF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="852" w:right="936"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Advisory Centre for Education (ACE) is a national charity that provides free, independent advice on the admissions and appeals process and a range of education issues including bullying, exclusion, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and attendance. The ACE Adviceline is </w:t>
+        <w:t xml:space="preserve">The Advisory Centre for Education (ACE) is a national charity that provides free, independent advice on the admissions and appeals process and a range of education issues including bullying, exclusion, SEN and attendance. The ACE Adviceline is </w:t>
       </w:r>
       <w:r w:rsidR="002F2E1E">
         <w:t>0808 800 5793</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. For further information visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:t>www.ace-ed.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2AA24351" w14:textId="77777777" w:rsidR="00C709B4" w:rsidRDefault="00C709B4"/>
     <w:p w14:paraId="671B6E77" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE"/>
     <w:p w14:paraId="2269B029" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">WHAT IF MY CHILD HAS AN EDUCATION, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> AND CARE PLAN?</w:t>
+        <w:t>WHAT IF MY CHILD HAS AN EDUCATION, HEALTH AND CARE PLAN?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B97E212" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CC8A9D4" w14:textId="226F9E34" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="923"/>
       </w:pPr>
       <w:r>
         <w:t>If your child has an Education, Health and Care Plan your right of appeal is through the First</w:t>
       </w:r>
       <w:r w:rsidR="00F6213E">
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r>
         <w:t>ier Tribunal (Special Educational Needs and Disability), not a School Admission Appeal Panel.</w:t>
       </w:r>
@@ -4715,59 +4635,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>REPEAT APPLICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C0B23D" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78D3CF92" w14:textId="77777777" w:rsidR="00BB0B2F" w:rsidRDefault="001F3A7F" w:rsidP="000A18F2">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Appellants do not have the right to a second appeal in respect of the same school for the same </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Appellants do not have the right to a second appeal in respect of the same school for the same academic </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535C7F70" w14:textId="77777777" w:rsidR="00BB0B2F" w:rsidRDefault="001F3A7F" w:rsidP="000A18F2">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">year unless, in exceptional circumstances, the admission authority has accepted a second application from </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00236B82" w14:textId="7396F47F" w:rsidR="001F3A7F" w:rsidRDefault="001F3A7F" w:rsidP="001C4634">
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the appellant because of a significant and material change in the circumstances of the </w:t>
       </w:r>
       <w:r w:rsidR="001C4634">
         <w:t xml:space="preserve">case </w:t>
       </w:r>
       <w:r>
         <w:t>but still refused admission.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E00229" w14:textId="77777777" w:rsidR="001F3A7F" w:rsidRDefault="001F3A7F" w:rsidP="001F3A7F"/>
@@ -5126,59 +5038,59 @@
         </w:rPr>
         <w:t>taken into account</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Appeal Panel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEB4120" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="422E3491" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="949"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Limits on class sizes imposed by law mean that, subject to certain limited exceptions, infant classes in Reception/Foundation Stage 2, Year </w:t>
+        <w:t xml:space="preserve">Limits on class sizes imposed by law mean that, subject to certain limited exceptions, infant classes in Reception/Foundation Stage 2, Year 1 and Year 2, (where </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>1</w:t>
+        <w:t>the majority of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and Year 2, (where the majority of children will reach the age of 5, 6 or 7 during the school year) may not contain more than 30 pupils with a single teacher. Because of this legal requirement, admissions authorities will not be able to admit a child to an infant class if to do so would result in a class size of above 30 pupils.</w:t>
+        <w:t xml:space="preserve"> children will reach the age of 5, 6 or 7 during the school year) may not contain more than 30 pupils with a single teacher. Because of this legal requirement, admissions authorities will not be able to admit a child to an infant class if to do so would result in a class size of above 30 pupils.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A368E5" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74FBDCA0" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="973"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The scope for Admissions Appeal Panels to uphold an appeal against non-admission has been limited where the admissions authority has refused admission on class size prejudice grounds. For this type of appeal, the two-stage decision making process set out elsewhere in this document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>will not apply</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. The appeal is simply a ‘review’ of the admission </w:t>
       </w:r>
@@ -5207,55 +5119,53 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C2B1A29" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1830"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:hanging="258"/>
       </w:pPr>
       <w:r>
         <w:t>the admission of an additional child/children would not breach the infant class size</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>limit</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2C9761D3" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1830"/>
         </w:tabs>
         <w:ind w:left="1572" w:right="965" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>the admission arrangements did not comply with admissions law or were not correctly and impartially applied, and the child would have been offered a place if the arrangements had complied or had been correctly and impartially applied.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4690A7B4" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
@@ -5377,59 +5287,51 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="891"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="402BC205" w14:textId="62C247FA" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="891"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Local Authority in Rotherham co-ordinates admission arrangements </w:t>
       </w:r>
       <w:r w:rsidR="003A60B3">
         <w:t xml:space="preserve">for the relevant admission years, </w:t>
       </w:r>
       <w:r>
         <w:t>as far as is possible,</w:t>
       </w:r>
       <w:r w:rsidR="003A60B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">with all other admission authorities, particularly those in South Yorkshire, (Barnsley, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and Sheffield), Derbyshire and Nottinghamshire.</w:t>
+        <w:t>with all other admission authorities, particularly those in South Yorkshire, (Barnsley, Doncaster and Sheffield), Derbyshire and Nottinghamshire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BF1EAB" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="640872B1" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="911"/>
       </w:pPr>
       <w:r>
         <w:t>The co-ordinated schemes for admission to primary and secondary schools are designed to enable you to apply for any three schools in Rotherham, and/or outside Rotherham, including voluntary aided schools and Academies, and to receive a single offer of a school place where your child is eligible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3324D1B5" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
@@ -5692,51 +5594,59 @@
         <w:ind w:left="852" w:right="875"/>
       </w:pPr>
       <w:r>
         <w:t>For secondary schools/academies the relevant year group is Year 7. For primary schools/academies the relevant year group is Reception/Foundation Stage 2 and for separate Junior Schools/Junior Academies the relevant year group is Year 3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAF7DB5" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50768CC7" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="924"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The admission criteria were applied and your application for your child was refused, because to admit any further children above that number would prejudice the provision of efficient education or the efficient use of resources. There is another factor to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>take into account</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> in terms of admissions and this relates to limits to</w:t>
+        <w:t xml:space="preserve"> in terms of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>admissions</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and this relates to limits to</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F038A3A" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:sectPr w:rsidR="00541FFE">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="940" w:right="0" w:bottom="1240" w:left="0" w:header="0" w:footer="1049" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75DACE66" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="80"/>
         <w:ind w:left="852" w:right="1168"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Infant Class Sizes. Limits on class sizes imposed by law mean that subject to certain limited exceptions, infant classes in Foundation Stage 2/Reception Year 1 and Year 2 (5, 6 and 7 year olds) may not contain more than 30 pupils with a single teacher. See Appendix A for further details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662D1EA8" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -5816,60 +5726,52 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EDF101" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B4397C5" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="252" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Please note</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0B222355" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="1303"/>
       </w:pPr>
       <w:r>
         <w:t>If you intend to appeal for a place at a school/academy ranked lower than the one for which you have received an offer for your child, please check with the Admissions Team before you decide to submit an appeal because there could still be places available at that school/academy. This means you could be offered a place for your child at the school/academy and therefore, would not have to submit an appeal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B22149" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47B3CA35" w14:textId="7E77BA65" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5975,57 +5877,52 @@
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>General Data Protection Regulations (GDPR)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9D8704" w14:textId="77777777" w:rsidR="00EC288C" w:rsidRPr="009A2189" w:rsidRDefault="00EC288C" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="948"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60E9039F" w14:textId="629566F9" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="009A2189">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="852" w:right="948"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Any information you provide will only be processed and shared for the purposes of determining your appeal and in accordance with the General Data Protection Regulations and the School Admissions and Appeal Codes of Practice. If you have any concerns about what sort of information may be shared about your child, please contact the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DE540E">
-        <w:t>School</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Appeals Officer</w:t>
+        <w:t>School Appeals Officer</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663CC619" w14:textId="77777777" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="00541FFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4716E19A" w14:textId="1F9A8C10" w:rsidR="00541FFE" w:rsidRDefault="00541FFE" w:rsidP="009A2189">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="132" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>A separate Notice of Appeal</w:t>
       </w:r>
       <w:r w:rsidR="00EC288C">
         <w:t xml:space="preserve"> Form</w:t>
       </w:r>
       <w:r>
@@ -6318,7530 +6215,9627 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D9F3DC6" w14:textId="0460B2A7" w:rsidR="001B257D" w:rsidRDefault="001B257D" w:rsidP="001B257D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="251" w:lineRule="exact"/>
         <w:ind w:left="120" w:firstLine="731"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>This page is intentionally blank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BE4D46" w14:textId="21119898" w:rsidR="00C709B4" w:rsidRDefault="00C709B4">
       <w:pPr>
         <w:sectPr w:rsidR="00C709B4">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="940" w:right="0" w:bottom="1240" w:left="0" w:header="0" w:footer="1049" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01CF2B90" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="00250BC7" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="75C83728" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D08165A" wp14:editId="6A4E67F0">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B8A126A" wp14:editId="1AF13664">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>565150</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>173990</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6572250" cy="218440"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="10160"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2013276496" name="Textbox 2"/>
+                <wp:docPr id="1227525586" name="Textbox 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6572250" cy="218440"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="6096">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="769FF31C" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="00250BC7" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+                          <w:p w14:paraId="57446449" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="79"/>
                               <w:ind w:left="2410"/>
-                              <w:rPr>
-[...2 lines deleted...]
-                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:t>NOTICE</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
+                            <w:r>
                               <w:rPr>
-                                <w:b/>
-                                <w:bCs/>
                                 <w:spacing w:val="-8"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:t>OF</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
+                            <w:r>
                               <w:rPr>
-                                <w:b/>
-                                <w:bCs/>
                                 <w:spacing w:val="-13"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:t>APPEAL</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
+                            <w:r>
                               <w:rPr>
-                                <w:b/>
-                                <w:bCs/>
                                 <w:spacing w:val="-6"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:t>FOR</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
+                            <w:r>
                               <w:rPr>
-                                <w:b/>
-                                <w:bCs/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:t>ADMISSION</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
+                            <w:r>
                               <w:rPr>
-                                <w:b/>
-                                <w:bCs/>
                                 <w:spacing w:val="-8"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                              </w:rPr>
+                            <w:r>
                               <w:t>TO</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00250BC7">
+                            <w:r>
                               <w:rPr>
-                                <w:b/>
-                                <w:bCs/>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> SCHOOL</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6D08165A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="1B8A126A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:44.5pt;margin-top:13.7pt;width:517.5pt;height:17.2pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAStnjvxAEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMNuuMOMXWoMOA&#10;YivQ7QNkWYqFyaImKrHz96MUJym22zAfZEqkHvkeqfX9NFh2UAENuIYvFyVnyknojNs1/Mf3x3d3&#10;nGEUrhMWnGr4USG/37x9sx59rSrowXYqMAJxWI++4X2Mvi4KlL0aBC7AK0dODWEQkbZhV3RBjIQ+&#10;2KIqy1UxQuh8AKkQ6XR7cvJNxtdayfhNa1SR2YZTbTGvIa9tWovNWtS7IHxv5FyG+IcqBmEcJb1A&#10;bUUUbB/MX1CDkQEQdFxIGArQ2kiVORCbZfkHm5deeJW5kDjoLzLh/4OVXw8v/jmwOH2CiRqYSaB/&#10;AvkTSZti9FjPMUlTrJGiE9FJhyH9iQKji6Tt8aKnmiKTdLi6fV9Vt+SS5KuWdzc3WfDietsHjJ8V&#10;DCwZDQ/Ur1yBODxhTPlFfQ5JyaxjI8GWH1anOsGa7tFYm3wYdu2DDewgUqvzl7pLCPg6LMFtBfan&#10;uOyaw6yb+Z4oJrJxaifCSGYL3ZF0GmlUGo6/9iIozuwXR71Ic3U2wtloz0aI9gHy9KUqHXzcR9Am&#10;k7vizpmpybnieSDTFL3e56jrs9n8BgAA//8DAFBLAwQUAAYACAAAACEAWk0gdN0AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6q0xIEQoYYkqpPTSQ9UkH+DgLaDgNcUOIX9f&#10;59QeZ2c186bcLmYQM02ut4wQryIQxI3VPbcIx8PuJQfhvGKtBsuEcCMH2+rxoVSFtlf+onnvWxFC&#10;2BUKofN+LKR0TUdGuZUdiYP3bSejfJBTK/WkriHcDDKJokwa1XNo6NRIdUfNeX8xCO+fB+9/4mPK&#10;7mPeretszG71iPj8tLxtQHha/N8z3PEDOlSB6WQvrJ0YEPLXMMUjJOsUxN2PkzRcTghZnIOsSvl/&#10;QfULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAErZ478QBAAB+AwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWk0gdN0AAAAJAQAADwAAAAAAAAAA&#10;AAAAAAAeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="769FF31C" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="00250BC7" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+                    <w:p w14:paraId="57446449" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="79"/>
                         <w:ind w:left="2410"/>
-                        <w:rPr>
-[...2 lines deleted...]
-                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                        </w:rPr>
+                      <w:r>
                         <w:t>NOTICE</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
+                      <w:r>
                         <w:rPr>
-                          <w:b/>
-                          <w:bCs/>
                           <w:spacing w:val="-8"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                        </w:rPr>
+                      <w:r>
                         <w:t>OF</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
+                      <w:r>
                         <w:rPr>
-                          <w:b/>
-                          <w:bCs/>
                           <w:spacing w:val="-13"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                        </w:rPr>
+                      <w:r>
                         <w:t>APPEAL</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
+                      <w:r>
                         <w:rPr>
-                          <w:b/>
-                          <w:bCs/>
                           <w:spacing w:val="-6"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                        </w:rPr>
+                      <w:r>
                         <w:t>FOR</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
+                      <w:r>
                         <w:rPr>
-                          <w:b/>
-                          <w:bCs/>
                           <w:spacing w:val="-14"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                        </w:rPr>
+                      <w:r>
                         <w:t>ADMISSION</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
+                      <w:r>
                         <w:rPr>
-                          <w:b/>
-                          <w:bCs/>
                           <w:spacing w:val="-8"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
-[...3 lines deleted...]
-                        </w:rPr>
+                      <w:r>
                         <w:t>TO</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00250BC7">
+                      <w:r>
                         <w:rPr>
-                          <w:b/>
-                          <w:bCs/>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> SCHOOL</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00250BC7">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>ROTHERHAM</w:t>
       </w:r>
-      <w:r w:rsidRPr="00250BC7">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-16"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SCHOOL APPEALS SERVICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF8F64A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...40 lines deleted...]
-    <w:p w14:paraId="01F51506" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="160D38FF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...53 lines deleted...]
-    <w:p w14:paraId="323444EA" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rotherham Metropolitan Borough Council will use information about you so that we can process your School Admissions Appeal. This is necessary to carry out our statutory functions, in accordance with the School Admissions and Appeals Codes of Practice and School Standard Framework Act 1998 as amended by subsequent education legislation therefore, if you do not provide this information, we will be unable to provide this service. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14504663" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A448302" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A8FCD5" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="1407B9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">For a list of the organisations we will share your information with, please see our privacy notice at </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="002D4F11">
+        <w:r w:rsidRPr="00435CD5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="1407B9"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>www.rotherham.gov.uk/freedom-information-data-protection/privacy-notice-children’s-young-people’s-services/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:color w:val="1407B9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51629794" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+    <w:p w14:paraId="7BF87268" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4E5DD6EA" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:color w:val="1407B9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="054A09BA" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="1407B9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">You can contact the Council’s Data Protection Officer at </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="002D4F11">
+        <w:r w:rsidRPr="00435CD5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="1407B9"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>www.rotherham.gov.uk/contact-council/privacy-notice-right-informed/1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="010ABA29" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+    <w:p w14:paraId="0463E77C" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="139460A2" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B43B65" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>If parents/carers wish to appeal against the decision of the Local Authority in the case of Community and Controlled schools and the Governing Body/Board in the case of Voluntary Aided Schools and Academies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>must do</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>so in</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>writing. Parents/carers</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>wishing to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>exercise</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>right may</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>this form.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>reasons</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>why</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>place</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>preferred</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="3E4BE0FF" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided on page 4 of this form. Please note you should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete this form if your child has an Education, Health, and Care Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28573FC6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="00037A2F" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36365D9B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Parent(s)/Carer(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>days</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>notification</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>your application for a school place was unsuccessful to complete and submit this form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20730949" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+    <w:p w14:paraId="5EB1D282" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
         <w:ind w:left="110"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66E59ED7" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:color w:val="1407B9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Should you need further advice or information – you may contact Rotherham &amp; District Citizens Advice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:color w:val="1407B9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>www.citizensadvicerotherham.org.uk/contact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120B813D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:before="1" w:line="211" w:lineRule="auto"/>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E69C08C" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="81"/>
         <w:ind w:left="142"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E99304" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="1A0CAE54" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="182"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Parent:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB9AAF0" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="73887C78" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="818"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="297" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>given</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>correct</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>true</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and constitutes the reasons for this appeal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DF92A6" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="561BEB06" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="818"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="259" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare that I have parental responsibility for the child named on this form and wish</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>appeal</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>against</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>decision</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Admissions</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Authority</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>allocate</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>a place at the preferred school/academy for my child.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C09E5DC" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="08142085" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="818"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="367" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>declare</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>persons</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>parental</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>responsibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>been</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>contacted and have agreed to this appeal being submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C416FE" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="073051E8" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="427" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare that to the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>best of</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>my knowledge, there are no applications before the Courts</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>person</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>seeking</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>parental</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>responsibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>disputing</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>child's residence or which school they attend.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B2E198" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="63C2DE9C" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="479" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>read</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>understood</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>relating</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>GDPR</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and data sharing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14855D76" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="45E302C1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Carer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>other:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5F3828" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="30ED7829" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="818"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="297" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>given</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>correct</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>true</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and constitutes the reasons for this appeal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFA2A86" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="212792C4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="818"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="124" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare that I have permission from the person with parental responsibility for the child named on this form and wish to appeal against the decision of the Admissions</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Authority</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>allocate</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>place</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>preferred</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>/ academy</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>for the child.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3E4846" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="063622D4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="818"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:line="237" w:lineRule="auto"/>
         <w:ind w:right="368" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>declare</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>persons</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>parental</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>responsibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>been</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>contacted and have agreed to this appeal being submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066766FF" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="65E2C647" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="417" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare that to the best of</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>my knowledge, there are no applications before the Courts</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>person</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>seeking</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>parental</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>responsibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>disputing</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>child’s residence or which school they attend.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E6F5A4" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="47DD7286" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="478" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I declare</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>I have</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>read</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>understood</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>relating</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>GDPR</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="026A667B" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>and data sharing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157F6BA1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="478"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="46EA1E40" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5450B702" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="478"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3789B86B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="817"/>
+          <w:tab w:val="left" w:pos="830"/>
+        </w:tabs>
+        <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="478"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3974C1E7" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="817"/>
+          <w:tab w:val="left" w:pos="830"/>
+        </w:tabs>
+        <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="478"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">If you </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>do not</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> have parental responsibility, you </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide evidence of the formal agreement in place:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E97657B" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+    <w:p w14:paraId="4F3F9D60" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="830"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="478"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10451" w:type="dxa"/>
         <w:tblInd w:w="34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="528"/>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="3ECE0A6A" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="3DD0BAB5" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:id w:val="2023128972"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="311CDD33" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+              <w:p w14:paraId="56853946" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
                 <w:pPr>
+                  <w:widowControl/>
+                  <w:autoSpaceDE/>
+                  <w:autoSpaceDN/>
                   <w:spacing w:after="120"/>
                   <w:ind w:left="34"/>
                   <w:rPr>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="002D4F11">
+                <w:r w:rsidRPr="00435CD5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5ECC3D" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="4FF3249F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>I have attached a copy of the court order; or</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="5482936D" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="3D0280F4" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:id w:val="1409263318"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="01725E93" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+              <w:p w14:paraId="0B978E85" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
                 <w:pPr>
+                  <w:widowControl/>
+                  <w:autoSpaceDE/>
+                  <w:autoSpaceDN/>
                   <w:spacing w:after="120"/>
                   <w:ind w:left="34"/>
                   <w:rPr>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="002D4F11">
+                <w:r w:rsidRPr="00435CD5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA2ED9E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="504332D9" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="817"/>
                 <w:tab w:val="left" w:pos="830"/>
               </w:tabs>
               <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
               <w:ind w:right="478"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and</w:t>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>I have attached written agreement from both parents; and</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="63716045" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="64100213" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:id w:val="-1053464621"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="305E9773" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+              <w:p w14:paraId="2419ED7B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
                 <w:pPr>
+                  <w:widowControl/>
+                  <w:autoSpaceDE/>
+                  <w:autoSpaceDN/>
                   <w:spacing w:after="120"/>
                   <w:ind w:left="34"/>
                   <w:rPr>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="002D4F11">
+                <w:r w:rsidRPr="00435CD5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37E4E6A7" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="11B83D30" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...21 lines deleted...]
-              <w:t>telephone number and email address)</w:t>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>I have provided parents details (full name, address, telephone number and email address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F871B79" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="552C701D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="198"/>
-        <w:ind w:firstLine="110"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Child’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>details:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5255"/>
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="4971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="4945FCB9" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="5203E46F" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D35B3B8" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="24D5E0E1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="209" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Child’s Surname/Family Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="203C6D9E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="3C20D122" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="60B604AE" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="1EDFCDD4" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFD1323" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7A5F636B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Child’s First Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D3D598" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="3875EBB2" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="4522F4FD" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="7EF97F0B" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41DE6698" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="0AE80068" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Child’s </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Middle Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C12B7D4" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="016446B7" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="58E6B11D" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="364E9CFD" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="691D77DB" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="448BBB6A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8C069E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="3FA19E9C" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="582832A3" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="2812FCA2" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25259DF2" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="00E97958" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...30 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Year:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Current School Year: e.g. Year 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2922C9" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="17E0D9DF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="20D802B6" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="2A635C1C" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192B8B35" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7B728FCD" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="225" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">School Year </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>being</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Applied</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...30 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>for:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>for: e.g. Year 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36882AA0" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7503B5D3" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="2A871D51" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="5FC8ED3E" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
-          <w:trHeight w:val="669"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19ECB7A4" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="40D16CC6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002D4F11">
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Are you appealing for a place in Reception, Year 1, or Year 2 (Infant Class Size Appeal)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D46B029" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...17 lines deleted...]
-            </w:r>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="294DD8E9" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="5BE0F2A1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Yes/No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(delete as appropriate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="5B4B795D" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10500" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A424CCC" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please read the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C890FD1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5130995F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The chances of success with an infant class size appeal are minimal due to the limited grounds which a panel can </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>take into account</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5078A030" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EA620A3" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Where a school organises its Reception, Year 1, or Year 2 class(es) into groups of 30 with one qualified teacher your appeal will be considered on “infant class size” grounds. This relates to either current or future infant year groups.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063EE6D5" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="362A3626" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="142" w:right="973"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>The scope for Admissions Appeal Panels to uphold an appeal against non-admission has been limited where the admissions authority has refused admission on class size prejudice grounds. The appeal is simply a ‘review’ of the admission process, and the Panel will only be able to uphold an admission appeal if:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6C0F33" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="426"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="288FBE44" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="426" w:hanging="284"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>the admission of an additional child/children would not breach the infant class size</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D830D06" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="426" w:right="965" w:hanging="284"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>the admission arrangements did not comply with admissions law or were not correctly and impartially applied, and the child would have been offered a place if the arrangements had complied or had been correctly and impartially applied.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17975C40" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="426" w:right="1345" w:hanging="284"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>The decision that class size prejudice would arise was not one which a reasonable admission authority would have made in the circumstances of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>case.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24BAB827" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A376CC9" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="142"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Unless a parent/carer can successfully prove any of the above points, the appeal will be unsuccessful. You are therefore urged to bear this information in mind if a place at a school/academy has been refused because of infant class size legislation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B5532D6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E8C1115" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When submitting your infant class size appeal, you should: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E784E8F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Explain if you think the admissions arrangements are unlawful and how this impacted your application. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="486AAE92" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Explain if you think there has been an error in applying the admissions arrangements and how this impacted your application. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB80316" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Explain if any information that was provided at the time of application has been overlooked. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="115B39FD" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Explain if you think the admission authority failed to act reasonably when they made the decision to refuse a place. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73CC4DF6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Provide evidence supporting any of the points you have made. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD7D943" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16B6EC22" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Here are examples of infant class size appeal cases and their possible outcomes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028D9385" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="177"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">•  A decision that makes it impossible for you to transport all your children to school on time is unlikely to be considered perverse. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C610D84" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="284" w:hanging="177"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>•  A decision to refuse a place for a child whose family had to relocate under a witness protection scheme might be considered perverse.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02503D47" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="2043F5AC" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="13581CA0" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
-          <w:trHeight w:val="445"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7C6885" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="797BD8A7" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Postcode:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Your</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>child’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> current </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>address including postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC283B7" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="1F336FE3" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="6EE07019" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="5A6EAA29" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A349A6E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="364EF2B4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="auto"/>
-              <w:ind w:right="75"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107" w:right="75"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
               <w:t>Has</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>address</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>child</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>changed</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>since the completion of the Common</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Application </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Form?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F154AB8" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="0DC1AF4C" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="228" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Yes/No (delete as appropriate)</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(delete as appropriate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="79818136" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="4AA60E3B" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="333967A5" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="6282BF88" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...21 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>If your child’s main address is set to change, or has changed since you completed the Common</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Application </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Form,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>provide</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>details</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...94 lines deleted...]
-              <w:t>address</w:t>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C49E275" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="4CFAC00A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="51C4A672" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="4B56448C" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7846E53B" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="5F7CDC07" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>house</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>move:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52D508EF" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="5411D647" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="20E6697D" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="74723DE4" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="438"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47909822" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>I have attached proof of the new address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11293210" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(delete as appropriate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="28404554" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="438"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBD48DD" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Does your child have an Education, Health and Care Plan (EHCP)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A13BFF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61878D30" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(delete as appropriate) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="097064D5" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0032334B" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="44B067A7" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="142" w:right="923"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...7 lines deleted...]
-              <w:sdtPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If your child </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have an Education, Health and Care Plan, your right of appeal is through the First Tier Tribunal (Special Educational Needs and Disability), therefore you do </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> need to submit a School Appeal form - please contact SENDLocalOffer.gov.uk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E855E17" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="142" w:right="923"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For further information, please see </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00435CD5">
                 <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
-                <w:id w:val="663591695"/>
-[...23 lines deleted...]
-            </w:r>
+                <w:t>www.rotherhamsendlocaloffer.org.uk/advice-and-support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1D776BD4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42699E74" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="37D8F76D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="197"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1998E558" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A32528" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:before="197"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>details:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5245"/>
-        <w:gridCol w:w="5255"/>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="4971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="71357ADB" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="690D790D" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10500" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68F09949" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="22D52E40" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1070"/>
               </w:tabs>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:after="120"/>
-              <w:ind w:left="34"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...36 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Date of refusal letter for the school you had applied:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675C01FF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1070"/>
+              </w:tabs>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Please attach a copy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC58F0B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1070"/>
+              </w:tabs>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="61F5D2AE" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="2547AA9D" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB70EA2" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="44E9E2AE" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="auto"/>
-              <w:ind w:right="1838"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...19 lines deleted...]
-              <w:t>Provider:</w:t>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Name of current School/Academy or Nursery/Pre School Provider:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28B9260F" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="5BAA09D2" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="6BB06848" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="14E90E4F" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA0571F" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="4968FD09" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">At which School/Academy has your child been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>allocated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a place</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC01E5B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>this cannot be the same as the preferred School/Academy below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74596BF6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583B080B" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="258FB394" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="72EA53FE" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="12B35BD2" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699D8DA3" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="4BD6A27F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...15 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>preferred</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>School/Academy:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>chool/Academy:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcW w:w="4971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4F8D3D" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="0424CC04" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22A53AA0" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="TableParagraph"/>
+    <w:p w14:paraId="05D63AC5" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:line="217" w:lineRule="exact"/>
+        <w:ind w:left="107"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...31 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="069942E1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:line="211" w:lineRule="auto"/>
+        <w:ind w:left="107" w:right="183"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A764C4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:line="211" w:lineRule="auto"/>
+        <w:ind w:right="183"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>About the appeal hearing:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D1816D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="305F24B7" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All communication with you will usually be sent via email. If you require communication by a different method, please indicate this as a reasonable adjustment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>later on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this form. The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Appeal</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Hearing</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...21 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will usually be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>held</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> online </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>via</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Microsoft</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teams. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D104C88" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0554E543" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>PLEASE NOTE:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you request an in-person hearing as a reasonable adjustment, this will be held at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Rockingham Professional Development Centre (RPDC),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Roughwood Road, Rotherham, S61 4HY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Panel members will join the hearing online and will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D4F11">
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be at RPDC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EBE560" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:spacing w:line="211" w:lineRule="auto"/>
+        <w:ind w:left="107" w:right="183"/>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...22 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5255"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="4688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="05A39410" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="5FD26AF9" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
-          <w:trHeight w:val="844"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B61BA64" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="08CB69E5" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="auto"/>
-              <w:ind w:right="183"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...170 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you attending the hearing? </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4F38680E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7EAA3DBF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="auto"/>
-              <w:ind w:right="183"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41FCBB73" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="640FB422" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="auto"/>
-              <w:ind w:right="183"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>We strongly advise that you do attend the hearing.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497E5DFC" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="4688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B006DE" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="0FE85A07" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...74 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(delete as appropriate)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="4D6331E5" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="0AFEAC38" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5255" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F73E9B9" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="265EC7A6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Who will be attending the hearing? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1DE214" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E76EAA4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Please provide first name and surname of all attending so the Clerk knows who to expect at the hearing.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53145318" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="4688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDA5C16" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="4DC49E6D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...7 lines deleted...]
-              <w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="0E395094" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="439"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10500" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6721940B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>require</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>reasonable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...32 lines deleted...]
-              <w:t>anguage</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>adjustment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> regarding </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>appeal takes place,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">please </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">indicate below </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="700B97D3" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="23EECF24" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="374"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D4E46E" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="209" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...20 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Is a reasonable adjustment required?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D4C1F4F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="4688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07CC5FB5" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7C5A013F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:b/>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(delete as appropriate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="61ADE7D8" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8D584B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="209" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...6 lines deleted...]
-              <w:t>Yes/No</w:t>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>What adjustment do you require e.g. British Sign Language, postal communication, in-person hearing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46806584" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="18810246" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46C34CB9" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284106C8" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:b/>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="144106FC" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A4245B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="209" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Reason for request:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F139D90" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E90635F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="2EB82D20" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB5B25D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Is an Interpreter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8851D4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(delete as appropriate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="4AE4A8E8" w14:textId="77777777" w:rsidTr="00DC1AF8">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA7E8CF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>If so, please state the language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>required:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="469B3247" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="183"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="717DEC1D" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...10 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="4130A153" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01A9CD37" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A326535" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Parent/Carers</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Details:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4280"/>
         <w:gridCol w:w="6210"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="0C57AB74" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="219D95E8" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A166E9E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="2A61A53B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>First Name and Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="399E6363" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7F0C9ADA" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="7E79DA31" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="48C21435" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A59367E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="358CB0BC" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Relationship</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>child:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8C3FD6" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="7164F2C3" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
+            <w:r w:rsidRPr="00435CD5">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="1485EF98" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="34A9E48F" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B487E8" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="588E0859" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Your</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>address</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>(if</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>different</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>child’s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCE9DBB" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="5BE32907" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="29F7F9EC" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="125208B9" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714559D5" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="74B214D1" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>number:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">number </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(you</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>must provide this)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C942263" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="6ED59214" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="7145F1A2" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="046072D0" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293B90ED" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="702553A2" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>address:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">address </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(you</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>must provide this)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D33A4CB" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="6306510E" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="1FDD1C7E" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="22763655" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2353D7A7" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="0321382F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6284E8A0" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="2C751368" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250BC7" w:rsidRPr="002D4F11" w14:paraId="6B02F0D8" w14:textId="77777777" w:rsidTr="00037A92">
+      <w:tr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w14:paraId="002C19C0" w14:textId="77777777" w:rsidTr="00DC1AF8">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="009AC380" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="2C0F122D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="224" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4F11">
-              <w:rPr>
+            <w:r w:rsidRPr="00435CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4AC20B" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00037A92">
+          <w:p w14:paraId="59392422" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6ADE7365" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...6 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId24"/>
+    <w:p w14:paraId="36E495B8" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidSect="00435CD5">
+          <w:footerReference w:type="default" r:id="rId25"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="284" w:right="720" w:bottom="426" w:left="720" w:header="0" w:footer="1006" w:gutter="0"/>
+          <w:pgMar w:top="284" w:right="720" w:bottom="1276" w:left="720" w:header="0" w:footer="666" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72FDDD4E" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="7A508BCF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="83"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Please give your reasons for this appeal, with supporting information below (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002D4F11">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>continue</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>separate</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>sheet</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="101FDDAB" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRPr="002D4F11" w:rsidRDefault="00250BC7" w:rsidP="00250BC7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">necessary). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>You may wish to attach supporting information such as medical reports, proof of new address, baptismal certificates (faith schools only), etc. Please remember to send/attach any additional documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1075DD" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
       <w:pPr>
         <w:spacing w:before="252"/>
         <w:ind w:firstLine="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...456 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35868E41" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060C2DE8" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C49CC0A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56255C4B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7252A014" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66D4229D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7340CAE8" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17B51960" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="199B2B5A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70DAED5D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D1088A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03416470" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB6C90B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="454B9938" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0041CB3F" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="771ED174" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7456375D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A96EC7D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AFB3B11" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1315FC35" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7928A3" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C18D593" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC63282" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118C715B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E57883" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254D2C3B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA6A9D4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CDEE0D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37323FDD" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC8E4A4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF83BDF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541DC11D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14864CFB" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F43EBAF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BB582BF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D65C210" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D2B036" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34BEDDA3" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19497DC6" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336ADA50" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2546108C" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BF58A67" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65CB4617" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424CD4CB" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="188C53EE" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7C7F51" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="139"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="752D268E" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="139"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="602D1783" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="139"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CEBD53B" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="139"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E600DB4" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="139"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FA80FF" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="139"/>
         <w:rPr>
-          <w:b/>
-[...40 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76335880" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="94"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD72A9A" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRPr="00435CD5" w:rsidRDefault="00435CD5" w:rsidP="00435CD5">
+      <w:pPr>
         <w:spacing w:before="94"/>
         <w:ind w:left="110"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Completed</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Appeal</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Form</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>emailed</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="002D4F11">
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="00435CD5">
           <w:rPr>
+            <w:b/>
+            <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>SchoolAppeals@rotherham.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002D4F11">
-        <w:rPr>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>or posted to: School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Appeals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...28 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Team</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4F11">
-[...25 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00435CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>, Rockingham Professional Development Centre, Roughwood Road, Rotherham S61 4HY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D70EFE8" w14:textId="355A772E" w:rsidR="00C709B4" w:rsidRPr="002B161E" w:rsidRDefault="00C709B4" w:rsidP="00E624BC">
       <w:pPr>
         <w:spacing w:before="80"/>
         <w:ind w:left="2259" w:right="2253"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C709B4" w:rsidRPr="002B161E" w:rsidSect="00250BC7">
+      <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="851" w:right="1300" w:bottom="1200" w:left="1080" w:header="0" w:footer="1006" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="006928B2" w14:textId="77777777" w:rsidR="00C044AE" w:rsidRDefault="00C044AE">
+    <w:p w14:paraId="6E2CD388" w14:textId="77777777" w:rsidR="004277A5" w:rsidRDefault="004277A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BCA14FF" w14:textId="77777777" w:rsidR="00C044AE" w:rsidRDefault="00C044AE">
+    <w:p w14:paraId="6EA37170" w14:textId="77777777" w:rsidR="004277A5" w:rsidRDefault="004277A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39C70A25" w14:textId="598A34B4" w:rsidR="00C709B4" w:rsidRDefault="0090428C">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547BCAB2" wp14:editId="4A8B3557">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>7043420</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9252585</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="228600" cy="194310"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -13965,51 +15959,205 @@
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>10</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44B56826" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRDefault="00435CD5">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ACBC654" wp14:editId="6684561C">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3592703</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9913896</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="244475" cy="182245"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1487929814" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="244475" cy="182245"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="32C0518D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRDefault="00435CD5">
+                          <w:pPr>
+                            <w:spacing w:before="13"/>
+                            <w:ind w:left="60"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>17</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2ACBC654" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:282.9pt;margin-top:780.6pt;width:19.25pt;height:14.35pt;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOMmdHlwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNG3UhVXUdAWsQEgr&#10;QFr4ANexG4vYY2bcJv17xm7aIrghLvZ4Zvz83htvHiY/iKNBchBauVospTBBQ+fCvpXfv314dS8F&#10;JRU6NUAwrTwZkg/bly82Y2xMDT0MnUHBIIGaMbayTyk2VUW6N17RAqIJXLSAXiU+4r7qUI2M7oeq&#10;Xi5fVyNgFxG0IeLs47kotwXfWqPTF2vJJDG0krmlsmJZd3mtthvV7FHF3umZhvoHFl65wI9eoR5V&#10;UuKA7i8o7zQCgU0LDb4Ca502RQOrWS3/UPPcq2iKFjaH4tUm+n+w+vPxOX5FkaZ3MPEAiwiKT6B/&#10;EHtTjZGauSd7Sg1xdxY6WfR5ZwmCL7K3p6ufZkpCc7Jer9dv7qTQXFrd1/X6Lvtd3S5HpPTRgBc5&#10;aCXyuAoBdXyidG69tMxczs9nImnaTcJ1/EoGzZkddCeWMvI0W0k/DwqNFMOnwHbl0V8CvAS7S4Bp&#10;eA/lg2RFAd4eElhXCNxwZwI8hyJh/jN50L+fS9ftZ29/AQAA//8DAFBLAwQUAAYACAAAACEA5fD/&#10;xeEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQqwmxKkqBCckRBoO&#10;HJ3ETazG6xC7bfh7tqdynJ3RzNt8M7uBncwUrEcFy4UAZrDxrcVOwVf19rAGFqLGVg8ejYJfE2BT&#10;3N7kOmv9GUtz2sWOUQmGTCvoYxwzzkPTG6fDwo8Gydv7yelIcup4O+kzlbuBr4SQ3GmLtNDr0bz0&#10;pjnsjk7B9hvLV/vzUX+W+9JWVSrwXR6Uur+bt8/AopnjNQwXfEKHgphqf8Q2sEFBIhNCj2QkcrkC&#10;RhEpnh6B1ZfTOk2BFzn//0XxBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE4yZ0eXAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOXw/8Xh&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA8QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="32C0518D" w14:textId="77777777" w:rsidR="00435CD5" w:rsidRDefault="00435CD5">
+                    <w:pPr>
+                      <w:spacing w:before="13"/>
+                      <w:ind w:left="60"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>17</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E5E5C0F" w14:textId="5E45273D" w:rsidR="00250BC7" w:rsidRDefault="00250BC7">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58CD1336" wp14:editId="4E66F155">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3592703</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9913896</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="244475" cy="182245"/>
@@ -14067,51 +16215,51 @@
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="58CD1336" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:282.9pt;margin-top:780.6pt;width:19.25pt;height:14.35pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWpLVlwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNG3UhVXUdAWsQEgr&#10;QFr4ANexG4vYY2bcJv17xm7aIrghLvbYM35+781sHiY/iKNBchBauVospTBBQ+fCvpXfv314dS8F&#10;JRU6NUAwrTwZkg/bly82Y2xMDT0MnUHBIIGaMbayTyk2VUW6N17RAqIJnLSAXiU+4r7qUI2M7oeq&#10;Xi5fVyNgFxG0IeLbx3NSbgu+tUanL9aSSWJoJXNLZcWy7vJabTeq2aOKvdMzDfUPLLxygT+9Qj2q&#10;pMQB3V9Q3mkEApsWGnwF1jptigZWs1r+oea5V9EULWwOxatN9P9g9efjc/yKIk3vYOIGFhEUn0D/&#10;IPamGiM1c032lBri6ix0sujzzhIEP2RvT1c/zZSE5st6vV6/uZNCc2p1X9fru+x3dXsckdJHA17k&#10;oJXI7SoE1PGJ0rn0UjJzOX+fiaRpNwnXZc5cmW920J1YysjdbCX9PCg0UgyfAtuVW38J8BLsLgGm&#10;4T2UAcmKArw9JLCuELjhzgS4D0XCPDO50b+fS9Vtsre/AAAA//8DAFBLAwQUAAYACAAAACEA5fD/&#10;xeEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQqwmxKkqBCckRBoO&#10;HJ3ETazG6xC7bfh7tqdynJ3RzNt8M7uBncwUrEcFy4UAZrDxrcVOwVf19rAGFqLGVg8ejYJfE2BT&#10;3N7kOmv9GUtz2sWOUQmGTCvoYxwzzkPTG6fDwo8Gydv7yelIcup4O+kzlbuBr4SQ3GmLtNDr0bz0&#10;pjnsjk7B9hvLV/vzUX+W+9JWVSrwXR6Uur+bt8/AopnjNQwXfEKHgphqf8Q2sEFBIhNCj2QkcrkC&#10;RhEpnh6B1ZfTOk2BFzn//0XxBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIdaktWXAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOXw/8Xh&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA8QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:282.9pt;margin-top:780.6pt;width:19.25pt;height:14.35pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWpLVlwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNG3UhVXUdAWsQEgr&#10;QFr4ANexG4vYY2bcJv17xm7aIrghLvbYM35+781sHiY/iKNBchBauVospTBBQ+fCvpXfv314dS8F&#10;JRU6NUAwrTwZkg/bly82Y2xMDT0MnUHBIIGaMbayTyk2VUW6N17RAqIJnLSAXiU+4r7qUI2M7oeq&#10;Xi5fVyNgFxG0IeLbx3NSbgu+tUanL9aSSWJoJXNLZcWy7vJabTeq2aOKvdMzDfUPLLxygT+9Qj2q&#10;pMQB3V9Q3mkEApsWGnwF1jptigZWs1r+oea5V9EULWwOxatN9P9g9efjc/yKIk3vYOIGFhEUn0D/&#10;IPamGiM1c032lBri6ix0sujzzhIEP2RvT1c/zZSE5st6vV6/uZNCc2p1X9fru+x3dXsckdJHA17k&#10;oJXI7SoE1PGJ0rn0UjJzOX+fiaRpNwnXZc5cmW920J1YysjdbCX9PCg0UgyfAtuVW38J8BLsLgGm&#10;4T2UAcmKArw9JLCuELjhzgS4D0XCPDO50b+fS9Vtsre/AAAA//8DAFBLAwQUAAYACAAAACEA5fD/&#10;xeEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQqwmxKkqBCckRBoO&#10;HJ3ETazG6xC7bfh7tqdynJ3RzNt8M7uBncwUrEcFy4UAZrDxrcVOwVf19rAGFqLGVg8ejYJfE2BT&#10;3N7kOmv9GUtz2sWOUQmGTCvoYxwzzkPTG6fDwo8Gydv7yelIcup4O+kzlbuBr4SQ3GmLtNDr0bz0&#10;pjnsjk7B9hvLV/vzUX+W+9JWVSrwXR6Uur+bt8/AopnjNQwXfEKHgphqf8Q2sEFBIhNCj2QkcrkC&#10;RhEpnh6B1ZfTOk2BFzn//0XxBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIdaktWXAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOXw/8Xh&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA8QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5CF65C18" w14:textId="77777777" w:rsidR="00250BC7" w:rsidRDefault="00250BC7">
                     <w:pPr>
                       <w:spacing w:before="13"/>
                       <w:ind w:left="60"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
@@ -14119,70 +16267,70 @@
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t>17</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B77AD2E" w14:textId="77777777" w:rsidR="00C044AE" w:rsidRDefault="00C044AE">
+    <w:p w14:paraId="51E604C5" w14:textId="77777777" w:rsidR="004277A5" w:rsidRDefault="004277A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B7FECEF" w14:textId="77777777" w:rsidR="00C044AE" w:rsidRDefault="00C044AE">
+    <w:p w14:paraId="5EA0C905" w14:textId="77777777" w:rsidR="004277A5" w:rsidRDefault="004277A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07847C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36E8E526"/>
     <w:lvl w:ilvl="0" w:tplc="7BA85FB8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="830" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A510C656">
@@ -14742,215 +16890,227 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="275842385">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="237442959">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1655379754">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2064254463">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1858614133">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C709B4"/>
     <w:rsid w:val="00025E7F"/>
     <w:rsid w:val="00034AAA"/>
     <w:rsid w:val="0006069B"/>
     <w:rsid w:val="00070AA2"/>
     <w:rsid w:val="000834FF"/>
     <w:rsid w:val="00091ED9"/>
     <w:rsid w:val="00095152"/>
     <w:rsid w:val="00096D42"/>
     <w:rsid w:val="000A18F2"/>
     <w:rsid w:val="000D2CC5"/>
     <w:rsid w:val="000F4467"/>
     <w:rsid w:val="00122B54"/>
     <w:rsid w:val="00127BCA"/>
+    <w:rsid w:val="001428BB"/>
     <w:rsid w:val="00147BAF"/>
     <w:rsid w:val="00163415"/>
     <w:rsid w:val="0016500C"/>
     <w:rsid w:val="00186057"/>
     <w:rsid w:val="00187569"/>
     <w:rsid w:val="001A1782"/>
     <w:rsid w:val="001B257D"/>
     <w:rsid w:val="001C4634"/>
     <w:rsid w:val="001C7836"/>
     <w:rsid w:val="001F3A7F"/>
     <w:rsid w:val="001F508B"/>
     <w:rsid w:val="00250BC7"/>
     <w:rsid w:val="00261935"/>
     <w:rsid w:val="00284CD4"/>
     <w:rsid w:val="002B161E"/>
     <w:rsid w:val="002E1C08"/>
     <w:rsid w:val="002E456F"/>
     <w:rsid w:val="002F2E1E"/>
     <w:rsid w:val="003125F8"/>
     <w:rsid w:val="00351C70"/>
+    <w:rsid w:val="00390593"/>
     <w:rsid w:val="00393FCE"/>
     <w:rsid w:val="00396BB6"/>
     <w:rsid w:val="003A60B3"/>
     <w:rsid w:val="003E7047"/>
     <w:rsid w:val="003F4945"/>
     <w:rsid w:val="003F6A17"/>
+    <w:rsid w:val="004222C1"/>
+    <w:rsid w:val="004277A5"/>
     <w:rsid w:val="0043076C"/>
+    <w:rsid w:val="00435CD5"/>
     <w:rsid w:val="00462CCC"/>
     <w:rsid w:val="00473918"/>
     <w:rsid w:val="00541FFE"/>
+    <w:rsid w:val="00546534"/>
     <w:rsid w:val="005C747B"/>
     <w:rsid w:val="00607358"/>
+    <w:rsid w:val="00620B58"/>
     <w:rsid w:val="00663D5C"/>
     <w:rsid w:val="006716FF"/>
     <w:rsid w:val="0067590F"/>
     <w:rsid w:val="00692084"/>
     <w:rsid w:val="006B6F01"/>
     <w:rsid w:val="006D4B24"/>
     <w:rsid w:val="006F778B"/>
     <w:rsid w:val="00726E8A"/>
     <w:rsid w:val="007314AA"/>
     <w:rsid w:val="00740C75"/>
     <w:rsid w:val="007918A8"/>
     <w:rsid w:val="007D33E1"/>
     <w:rsid w:val="007E1D5C"/>
     <w:rsid w:val="007F0302"/>
     <w:rsid w:val="007F1889"/>
     <w:rsid w:val="00836DE4"/>
     <w:rsid w:val="00886AA1"/>
     <w:rsid w:val="0090428C"/>
     <w:rsid w:val="009207BF"/>
     <w:rsid w:val="0096161A"/>
     <w:rsid w:val="00973BFE"/>
     <w:rsid w:val="009A2189"/>
     <w:rsid w:val="009A5A92"/>
     <w:rsid w:val="009E6E73"/>
     <w:rsid w:val="00A4261A"/>
     <w:rsid w:val="00A636AD"/>
     <w:rsid w:val="00A75FC4"/>
     <w:rsid w:val="00A807F9"/>
     <w:rsid w:val="00A85E20"/>
+    <w:rsid w:val="00AB7A02"/>
+    <w:rsid w:val="00B90752"/>
     <w:rsid w:val="00BB0B2F"/>
     <w:rsid w:val="00BF2852"/>
     <w:rsid w:val="00BF5475"/>
     <w:rsid w:val="00C044AE"/>
     <w:rsid w:val="00C709B4"/>
     <w:rsid w:val="00C84D99"/>
     <w:rsid w:val="00C97C03"/>
     <w:rsid w:val="00CC00C0"/>
     <w:rsid w:val="00CD1AEC"/>
     <w:rsid w:val="00D37A8B"/>
     <w:rsid w:val="00D579CD"/>
     <w:rsid w:val="00D828F5"/>
     <w:rsid w:val="00D97E49"/>
+    <w:rsid w:val="00DA7D2D"/>
     <w:rsid w:val="00DB2BB8"/>
     <w:rsid w:val="00DC15D5"/>
     <w:rsid w:val="00DE2435"/>
     <w:rsid w:val="00DE540E"/>
     <w:rsid w:val="00E01ADD"/>
     <w:rsid w:val="00E35A44"/>
     <w:rsid w:val="00E37E75"/>
     <w:rsid w:val="00E624BC"/>
     <w:rsid w:val="00EC288C"/>
+    <w:rsid w:val="00ED5158"/>
     <w:rsid w:val="00EF34AA"/>
     <w:rsid w:val="00F13ECC"/>
     <w:rsid w:val="00F408BC"/>
     <w:rsid w:val="00F507B6"/>
     <w:rsid w:val="00F6213E"/>
     <w:rsid w:val="00F6438A"/>
     <w:rsid w:val="00F84A17"/>
     <w:rsid w:val="00F933E4"/>
     <w:rsid w:val="00FA3C58"/>
+    <w:rsid w:val="00FD5DFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F80E63F"/>
   <w15:docId w15:val="{36DAD9B9-F599-4302-9F71-ABD189FAF698}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15537,77 +17697,94 @@
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006716FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006716FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00435CD5"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1611932139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/government/organisations/department-for-education" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schools@hallam-diocese.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SchoolAppeals@rotherham.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schoolappeals@rotherham.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reception@sheffield.anglican.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SchoolAppeals@rotherham.gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/schools-admissions/complain-about-the-appeals-process" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/school-admissions-3/school-admission-appeals" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/schools" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lgo.org.uk/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/contact-council/privacy-notice-right-informed/1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/school-admissions-3/school-admissions-determination-2024-2025/3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ace-ed.org.uk/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/freedom-information-data-protection/privacy-notice-children&#8217;s-young-people&#8217;s-services/1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/government/organisations/department-for-education" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schools@hallam-diocese.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SchoolAppeals@rotherham.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SchoolAppeals@rotherham.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schoolappeals@rotherham.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reception@sheffield.anglican.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/schools-admissions/complain-about-the-appeals-process" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/school-admissions-3/school-admission-appeals" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/schools" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=http%3A%2F%2Fwww.rotherhamsendlocaloffer.org.uk%2Fadvice-and-support&amp;data=05%7C02%7CSonia.Gilbert%40rotherham.gov.uk%7C29c76aafb706453e760308ddd5b67981%7C46fbe6fd78ae47699c1dbcea97378af6%7C0%7C0%7C638901701876506436%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=vDet%2FW8K%2Fy2B2yPY1QRA%2FJ0tBQ0MJbCbGJ6j3wbxJ80%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lgo.org.uk/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/contact-council/privacy-notice-right-informed/1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/school-admissions-3/school-admissions-determination-2024-2025/3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ace-ed.org.uk/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rotherham.gov.uk/freedom-information-data-protection/privacy-notice-children&#8217;s-young-people&#8217;s-services/1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15867,78 +18044,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{795D4581-C53C-408D-A8B9-A9167668883A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>34509</Characters>
+  <Pages>20</Pages>
+  <Words>7272</Words>
+  <Characters>37892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>287</Lines>
-  <Paragraphs>80</Paragraphs>
+  <Lines>997</Lines>
+  <Paragraphs>426</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ROTHERHAM METROPOLITAN BOROUGH COUNCIL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40483</CharactersWithSpaces>
+  <CharactersWithSpaces>44738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ROTHERHAM METROPOLITAN BOROUGH COUNCIL</dc:title>
   <dc:creator>jgriffiths</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-02-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>