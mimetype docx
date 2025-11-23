--- v0 (2025-10-02)
+++ v1 (2025-11-23)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="63077503" w14:textId="77777777" w:rsidR="002C505A" w:rsidRPr="002C505A" w:rsidRDefault="00043E8D" w:rsidP="00F9729B">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="422E6AA8" wp14:editId="09BE8D72">
             <wp:extent cx="3365500" cy="1181100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -94,66 +94,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76FEA451" w14:textId="77777777" w:rsidR="002C505A" w:rsidRDefault="002C505A" w:rsidP="00F9729B">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21F2B888" w14:textId="77777777" w:rsidR="00043E8D" w:rsidRPr="00043E8D" w:rsidRDefault="00043E8D" w:rsidP="00F9729B">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="779DEBAE" w14:textId="77777777" w:rsidR="003662B3" w:rsidRDefault="002C505A" w:rsidP="00F9729B">
+    <w:p w14:paraId="779DEBAE" w14:textId="3AF511AA" w:rsidR="003662B3" w:rsidRDefault="002C505A" w:rsidP="00F9729B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="110"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9729B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="110"/>
         </w:rPr>
-        <w:t>Anti-Fraud</w:t>
+        <w:t>Anti</w:t>
+      </w:r>
+      <w:r w:rsidR="0006270C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="110"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9729B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="110"/>
+        </w:rPr>
+        <w:t>Fraud</w:t>
+      </w:r>
+      <w:r w:rsidR="00863935">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="110"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00676DD9" w14:textId="77777777" w:rsidR="00C42FCC" w:rsidRDefault="00C42FCC" w:rsidP="00F9729B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="110"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="96"/>
           <w:szCs w:val="110"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEDC639" w14:textId="77777777" w:rsidR="002C505A" w:rsidRPr="00F9729B" w:rsidRDefault="002C505A" w:rsidP="00F9729B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
@@ -315,51 +339,51 @@
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00122C07">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>Policy Context.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060FDAB2" w14:textId="77777777" w:rsidR="008D4825" w:rsidRPr="00122C07" w:rsidRDefault="008D4825" w:rsidP="00406E0E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29458062" w14:textId="77777777" w:rsidR="008D4825" w:rsidRPr="00122C07" w:rsidRDefault="008D4825" w:rsidP="00406E0E">
+    <w:p w14:paraId="29458062" w14:textId="583407DB" w:rsidR="008D4825" w:rsidRPr="00122C07" w:rsidRDefault="008D4825" w:rsidP="00406E0E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122C07">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00122C07">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -367,51 +391,51 @@
         <w:tab/>
         <w:t xml:space="preserve">Anti-Fraud and Corruption </w:t>
       </w:r>
       <w:r w:rsidR="00F9137C">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Policy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5AFF66" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00122C07" w:rsidRDefault="00122C07" w:rsidP="00406E0E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4004D70D" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="00122C07" w:rsidP="00406E0E">
+    <w:p w14:paraId="4004D70D" w14:textId="03D0CEDF" w:rsidR="00122C07" w:rsidRDefault="00122C07" w:rsidP="00406E0E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -686,89 +710,89 @@
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37EA1A1B" w14:textId="4B59FF57" w:rsidR="003B2F7B" w:rsidRDefault="003B2F7B" w:rsidP="00277810">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF83D59" w14:textId="55C05ACE" w:rsidR="00620966" w:rsidRPr="00B0184E" w:rsidRDefault="007C2076" w:rsidP="00633BF0">
+    <w:p w14:paraId="2AF83D59" w14:textId="20F4D786" w:rsidR="00620966" w:rsidRPr="00B0184E" w:rsidRDefault="007C2076" w:rsidP="00633BF0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00633BF0" w:rsidRPr="00B0184E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>September 202</w:t>
       </w:r>
-      <w:r w:rsidR="00613386">
+      <w:r w:rsidR="00CE3F0C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10565A60" w14:textId="77777777" w:rsidR="00620966" w:rsidRDefault="00620966" w:rsidP="00F9729B">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="45"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BD5BC96" w14:textId="77777777" w:rsidR="00620966" w:rsidRDefault="00620966" w:rsidP="00F9729B">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="45"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -848,233 +872,254 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>Context</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B341486" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRPr="006666B6" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B4CC486" w14:textId="4F68789C" w:rsidR="00613386" w:rsidRDefault="00DC4167" w:rsidP="006F6012">
+    <w:p w14:paraId="1B4CC486" w14:textId="5035D3DB" w:rsidR="00613386" w:rsidRDefault="00DC4167" w:rsidP="006F6012">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006666B6">
         <w:t xml:space="preserve">Fraud affects the UK across all sectors and causes significant harm. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D1FD9">
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="00613386">
         <w:t>Annual Fraud Indicator 2023 published by Peters &amp; Peters Solicito</w:t>
       </w:r>
       <w:r w:rsidR="00824C43">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00613386">
         <w:t>s in conjunction</w:t>
       </w:r>
       <w:r w:rsidR="00824C43">
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidR="00613386">
         <w:t xml:space="preserve"> national audit, t</w:t>
       </w:r>
       <w:r w:rsidR="00824C43">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00613386">
         <w:t xml:space="preserve">x advisory and risk firm Crowe and the University of Portsmouth Centre for Cybercrime and economic Crime, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00613386">
         <w:t>indicated:-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="79A9DF14" w14:textId="37F85CD4" w:rsidR="00613386" w:rsidRPr="006F6012" w:rsidRDefault="00613386" w:rsidP="00613386">
+    <w:p w14:paraId="79A9DF14" w14:textId="118531B3" w:rsidR="00613386" w:rsidRPr="006F6012" w:rsidRDefault="00613386" w:rsidP="00613386">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Private sector losses are </w:t>
       </w:r>
       <w:r w:rsidR="00824C43">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>stimated at £157.8 billion, from just £14 billion in 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D338D6" w14:textId="77777777" w:rsidR="00613386" w:rsidRPr="006F6012" w:rsidRDefault="00613386" w:rsidP="00613386">
+    <w:p w14:paraId="40D338D6" w14:textId="19E43FA6" w:rsidR="00613386" w:rsidRPr="006F6012" w:rsidRDefault="00613386" w:rsidP="00613386">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Public sector fraud losses amount to about £50.2 billion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E312665" w14:textId="77777777" w:rsidR="00613386" w:rsidRPr="006F6012" w:rsidRDefault="00613386" w:rsidP="00613386">
+    <w:p w14:paraId="5E312665" w14:textId="229F5BC2" w:rsidR="00613386" w:rsidRPr="006F6012" w:rsidRDefault="00613386" w:rsidP="00613386">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Frauds committed directly against individuals, including marketing fraud and identity fraud, is around £8.3 billion</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="17507FD0" w14:textId="582E2DA0" w:rsidR="00BC0AC9" w:rsidRPr="006F6012" w:rsidRDefault="00BC0AC9" w:rsidP="007733B2">
+        <w:t>Frauds committed directly against individuals, including marketing fraud and identity fraud, is around</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94B70">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>£8.3 billion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7DC7E5" w14:textId="00E2800F" w:rsidR="00C27A27" w:rsidRPr="00C16357" w:rsidRDefault="00BC0AC9" w:rsidP="00C27A27">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>The total cost of fraud has risen from about £190 billion in 2017 to almost £219 billion</w:t>
+        <w:t xml:space="preserve">The total cost of fraud </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3B6C">
+        <w:t xml:space="preserve">has </w:t>
+      </w:r>
+      <w:r>
+        <w:t>risen from about £190 billion in 2017 to almost £219 billion</w:t>
       </w:r>
       <w:r w:rsidR="00824C43">
         <w:t xml:space="preserve"> in 2023</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DFAEDA" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRPr="00E75B1D" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20438576" w14:textId="3CD25B57" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
+    <w:p w14:paraId="20438576" w14:textId="629D04EE" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1FD9">
         <w:t>1.2</w:t>
       </w:r>
       <w:r w:rsidRPr="004D1FD9">
         <w:tab/>
         <w:t xml:space="preserve">The Council </w:t>
       </w:r>
       <w:r w:rsidR="009763DA">
         <w:t xml:space="preserve">employs around </w:t>
       </w:r>
       <w:r w:rsidRPr="00764847">
         <w:t>6</w:t>
       </w:r>
+      <w:r w:rsidR="007F5FC3">
+        <w:t>8</w:t>
+      </w:r>
       <w:r w:rsidR="009763DA" w:rsidRPr="00764847">
-        <w:t>900</w:t>
+        <w:t>00</w:t>
       </w:r>
       <w:r w:rsidRPr="00764847">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009763DA" w:rsidRPr="00764847">
         <w:t>staff and</w:t>
       </w:r>
       <w:r w:rsidR="009763DA" w:rsidRPr="00764847">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009763DA" w:rsidRPr="004915A4">
-        <w:t xml:space="preserve">spends around £700m </w:t>
+        <w:t>spends around £</w:t>
+      </w:r>
+      <w:r w:rsidR="00315ECD">
+        <w:t>819</w:t>
+      </w:r>
+      <w:r w:rsidR="009763DA" w:rsidRPr="004915A4">
+        <w:t xml:space="preserve">m </w:t>
       </w:r>
       <w:r w:rsidR="009763DA">
         <w:t>per year.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00615F20">
         <w:t>The Council both commissions and provides a wide range of services to individuals and households, working with a range of many other private and public and voluntary sector organisations.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00615F20">
         <w:t xml:space="preserve">The size and nature of our services, as with any other large organisation, mean that there is an ever-present risk of loss due to fraud and corruption, from sources both internal and external.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5963D669" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6625579E" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
@@ -1138,109 +1183,148 @@
       </w:r>
       <w:r w:rsidRPr="006666B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEF0695" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRPr="006666B6" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18DC41E5" w14:textId="23A89B68" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
+    <w:p w14:paraId="18DC41E5" w14:textId="078ED0FD" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>1.5</w:t>
       </w:r>
       <w:r w:rsidRPr="006666B6">
         <w:tab/>
         <w:t xml:space="preserve">The Council developed a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Council Plan for </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>2022/2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00863935">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="00863935">
+        <w:t>30</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006666B6">
         <w:t>and the Cabinet continues to work to ensure Council decisions reflect the concerns of local people and the needs of local communities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D8B7C5" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRPr="006666B6" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D9767C1" w14:textId="35792DD6" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
+    <w:p w14:paraId="4D9767C1" w14:textId="3BE6012A" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>1.6</w:t>
       </w:r>
       <w:r w:rsidRPr="006666B6">
         <w:tab/>
-        <w:t xml:space="preserve">An effective anti-fraud and corruption policy and strategy is a critical component of the Council’s </w:t>
+        <w:t xml:space="preserve">An effective </w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006666B6">
+        <w:t>nti-</w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006666B6">
+        <w:t xml:space="preserve">raud and </w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006666B6">
+        <w:t xml:space="preserve">orruption </w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006666B6">
+        <w:t xml:space="preserve">olicy and </w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006666B6">
+        <w:t xml:space="preserve">trategy is a critical component of the Council’s </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006666B6">
         <w:t>crutiny and governance framework and will support partnership objectives to create safe and healthy communities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E0336D" w14:textId="2821976B" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BBAADE7" w14:textId="33E160B6" w:rsidR="00DC4167" w:rsidRPr="00DD6CD8" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
+    <w:p w14:paraId="2BBAADE7" w14:textId="740EAC56" w:rsidR="00DC4167" w:rsidRPr="00DD6CD8" w:rsidRDefault="00DC4167" w:rsidP="00DC4167">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>1.7</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00620966">
         <w:t xml:space="preserve">The Council recognises that it is important that </w:t>
       </w:r>
       <w:r>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00620966">
         <w:t xml:space="preserve"> policy is deliverable and clearly links to operational considerations. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6CD8">
         <w:t>Our approach is articulated in the Council’s Anti-Fraud and Corruption Strategy, which is focused on identifying, delivering and monitoring outcomes, and an action plan which includes practical measures which ensures the Council’s Policy is turned into practice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="604A1519" w14:textId="77777777" w:rsidR="00DC4167" w:rsidRDefault="00DC4167" w:rsidP="00EA69DD">
       <w:pPr>
@@ -1598,76 +1682,76 @@
         <w:t xml:space="preserve">accountability is clear </w:t>
       </w:r>
       <w:r w:rsidR="00601CC1">
         <w:t xml:space="preserve">and where </w:t>
       </w:r>
       <w:r w:rsidR="00996BD7" w:rsidRPr="00620966">
         <w:t xml:space="preserve">decisions and </w:t>
       </w:r>
       <w:r w:rsidR="00601CC1">
         <w:t>behaviours can be challenged</w:t>
       </w:r>
       <w:r w:rsidR="00996BD7" w:rsidRPr="00620966">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA71E4D" w14:textId="77777777" w:rsidR="003B54B2" w:rsidRPr="00F373F1" w:rsidRDefault="003B54B2" w:rsidP="00470728">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19422480" w14:textId="25AFB972" w:rsidR="00996BD7" w:rsidRPr="00620966" w:rsidRDefault="00DC4167" w:rsidP="00470728">
+    <w:p w14:paraId="19422480" w14:textId="3EA54142" w:rsidR="00996BD7" w:rsidRPr="00620966" w:rsidRDefault="00DC4167" w:rsidP="00470728">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00996BD7" w:rsidRPr="00620966">
         <w:t>.3    An Anti-Fraud and Corruption Policy is an essential element of such a culture and signifies the Council’s expectation that elected Members and employees at all levels will lead by example in ensuring adherence to legal requirements, rules, procedures and practices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="197F02A4" w14:textId="77777777" w:rsidR="00B959B5" w:rsidRPr="00F373F1" w:rsidRDefault="00B959B5" w:rsidP="00EA69DD">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29F770A4" w14:textId="0E957FD5" w:rsidR="00996BD7" w:rsidRDefault="00996BD7" w:rsidP="003B54B2">
+    <w:p w14:paraId="29F770A4" w14:textId="7B1D3AB3" w:rsidR="00996BD7" w:rsidRDefault="00996BD7" w:rsidP="003B54B2">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="Policy_Statement"/>
       <w:r w:rsidRPr="0058153D">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="0058153D">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
@@ -1802,50 +1886,63 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00620966">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Council ta</w:t>
       </w:r>
       <w:r w:rsidR="00B959B5">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kes a holistic approach to anti-</w:t>
       </w:r>
       <w:r w:rsidRPr="00620966">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>fraud measures. Fraud prevention and system security is an integral part of the development of new systems and ongoing operations. Managers will consider the fraud threats and take advice where appropriate when implementing any financial or operational system.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4F93F33B" w14:textId="77777777" w:rsidR="00276890" w:rsidRDefault="00276890" w:rsidP="00470728">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="264" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7FBF940D" w14:textId="30420CED" w:rsidR="00B42873" w:rsidRDefault="00B42873" w:rsidP="00470728">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B037559" w14:textId="739FA9E2" w:rsidR="00996BD7" w:rsidRDefault="00996BD7" w:rsidP="00470728">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00620966">
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00924DD0">
         <w:t>3</w:t>
@@ -1940,97 +2037,90 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00620966">
         <w:t>Determine the procedure for investigati</w:t>
       </w:r>
       <w:r w:rsidRPr="000911BC">
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidRPr="00620966">
         <w:t xml:space="preserve"> and subsequent actions required following the conclusion of the investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E3E6DE" w14:textId="77777777" w:rsidR="003B54B2" w:rsidRPr="00753E0B" w:rsidRDefault="003B54B2" w:rsidP="003B54B2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1560"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="431CCD75" w14:textId="61C6D01B" w:rsidR="00996BD7" w:rsidRDefault="00996BD7" w:rsidP="00470728">
+    <w:p w14:paraId="6B13D86E" w14:textId="7AFD0478" w:rsidR="00B87AF6" w:rsidRPr="00753E0B" w:rsidRDefault="00996BD7" w:rsidP="00705751">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
-      </w:pPr>
-[...33 lines deleted...]
-        <w:ind w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00620966">
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00924DD0">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620966">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620966">
+        <w:tab/>
+        <w:t xml:space="preserve">The Policy is designed to supplement existing Council policies and procedures including </w:t>
+      </w:r>
+      <w:r w:rsidR="00F373F1" w:rsidRPr="00B0184E">
+        <w:t>Financial and Procurement Procedure Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0184E">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00111184">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620966">
+        <w:t>Codes of Conduct (Employees and Members) and the Disciplinary Procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00452C62">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7362D78A" w14:textId="34FA56FA" w:rsidR="00E417B2" w:rsidRDefault="00E417B2" w:rsidP="00F603E3">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058153D">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="0058153D">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2107,51 +2197,59 @@
       </w:r>
       <w:r w:rsidR="00DA0833" w:rsidRPr="00B0184E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8EBA98" w14:textId="77777777" w:rsidR="00DD6CD8" w:rsidRPr="00753E0B" w:rsidRDefault="00DD6CD8" w:rsidP="00833DF5">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C2BE620" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="0058153D" w:rsidP="00833DF5">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>4.2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
-        <w:t xml:space="preserve">The Council manages the risk of fraud and corruption in a number of </w:t>
+        <w:t xml:space="preserve">The Council manages the risk of fraud and corruption in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t>ways:-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7B282932" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00B42873" w:rsidRDefault="00122C07" w:rsidP="00833DF5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="4EC15F9F" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="00122C07" w:rsidP="00833DF5">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058153D">
@@ -2377,71 +2475,86 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t xml:space="preserve">Corporate Governance best practice specifies that the following key controls should exist within an </w:t>
       </w:r>
       <w:r w:rsidR="00753E0B">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t>uthority committed to the preventi</w:t>
       </w:r>
       <w:r>
         <w:t>on of financial irregularities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46849F9A" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00B42873" w:rsidRDefault="00470728" w:rsidP="00470728">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68EBB08F" w14:textId="77777777" w:rsidR="0076206A" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
+    <w:p w14:paraId="68EBB08F" w14:textId="619FA5E0" w:rsidR="0076206A" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00615F20">
-        <w:t>The Authority has an effective anti</w:t>
+        <w:t xml:space="preserve">The Authority has an effective </w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615F20">
+        <w:t>nti</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>F</w:t>
+      </w:r>
       <w:r w:rsidRPr="00615F20">
-        <w:t xml:space="preserve">fraud and anti-corruption policy and maintains a culture that will not tolerate fraud or corruption </w:t>
+        <w:t xml:space="preserve">raud and </w:t>
+      </w:r>
+      <w:r w:rsidR="0002534C">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615F20">
+        <w:t xml:space="preserve">orruption policy and maintains a culture that will not tolerate fraud or corruption </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E14115" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="00122C07" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00615F20">
         <w:t>All Members and employees act with integrity and lead by example.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408A8205" w14:textId="0E548990" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="00122C07" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
@@ -2552,76 +2665,62 @@
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00615F20">
         <w:t>Confidential Reporting (“Whistleblowing”) procedures are in place and operate effectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6524AE46" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="00122C07" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00615F20">
         <w:t>All relevant legislation is adhered to.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3E9942" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00B95CA0" w:rsidRDefault="00122C07" w:rsidP="00C864C3">
-[...13 lines deleted...]
-    <w:p w14:paraId="3B8A4D0C" w14:textId="77777777" w:rsidR="00F603E3" w:rsidRPr="00B42873" w:rsidRDefault="00EF5AE3" w:rsidP="00EF5AE3">
+    <w:p w14:paraId="3B8A4D0C" w14:textId="7E704AF7" w:rsidR="00F603E3" w:rsidRPr="00B42873" w:rsidRDefault="00122C07" w:rsidP="00EF5AE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1560"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00615F20">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00B95CA0">
+        <w:t>The risk of theft, fraud and corruption is specifically considered as part of the Council’s risk management processes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BA978E" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="0076206A" w:rsidP="00470728">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>4.6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t>The Council is fully committed to ensuring that the examples of best practice indicated above are an integral part of its operations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68550663" w14:textId="77777777" w:rsidR="000A3FDD" w:rsidRPr="00B42873" w:rsidRDefault="000A3FDD" w:rsidP="00470728">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2683,52 +2782,57 @@
     </w:p>
     <w:p w14:paraId="39A07479" w14:textId="6471E80C" w:rsidR="0076206A" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00615F20">
         <w:t xml:space="preserve">e aware of situations of potential conflict of interest and should always declare any interests </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00615F20">
         <w:t>and also</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00615F20">
         <w:t xml:space="preserve"> the receipt of gifts and hospitality valued </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E474C">
-        <w:t>in excess of £5</w:t>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E474C">
+        <w:t xml:space="preserve"> £5</w:t>
       </w:r>
       <w:r w:rsidR="00796A38">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="003E474C">
         <w:t xml:space="preserve"> that are in any way related to the performance of their duties as an </w:t>
       </w:r>
       <w:r w:rsidRPr="00615F20">
         <w:t xml:space="preserve">elected member of the Council. Examples of situations of potential conflict include letting of contracts to external suppliers, planning and land issues. </w:t>
       </w:r>
       <w:r w:rsidR="00DA0833">
         <w:t xml:space="preserve">Declarations should be made on the on-line form which is managed centrally by the Corporate Support Unit. </w:t>
       </w:r>
       <w:r w:rsidRPr="00615F20">
         <w:t xml:space="preserve">Members’ conduct and decisions should always be seen to be impartial together with an obligation to ensure that confidential information is not improperly disclosed to others. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA11382" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00B42873" w:rsidRDefault="00470728" w:rsidP="00470728">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1560"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2903,51 +3007,51 @@
       <w:r>
         <w:t>4.9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00122C07">
         <w:t xml:space="preserve">Head of Internal Audit </w:t>
       </w:r>
       <w:r w:rsidR="0076206A">
         <w:t>will:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E33103" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00B42873" w:rsidRDefault="00470728" w:rsidP="00470728">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27DC4517" w14:textId="447DDE5C" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="00924DD0" w:rsidP="00C864C3">
+    <w:p w14:paraId="27DC4517" w14:textId="1949CF27" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="00924DD0" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00122C07">
         <w:t>evelop and maintain an Anti-</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t>Fraud and Corruption Policy</w:t>
       </w:r>
       <w:r w:rsidR="00796A38">
         <w:t xml:space="preserve"> and Strategy</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -2974,215 +3078,212 @@
         <w:t xml:space="preserve"> and effective</w:t>
       </w:r>
       <w:r>
         <w:t>ness of</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t xml:space="preserve"> internal control arrangements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58854E12" w14:textId="0DBC2C37" w:rsidR="00B42873" w:rsidRDefault="00B42873" w:rsidP="00753E0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1560"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72E08BEE" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="00756390" w:rsidP="00B42873">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>4.10</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0076206A">
         <w:t>Employees should:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B6520C0" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00B42873" w:rsidRDefault="00470728" w:rsidP="00B42873">
       <w:pPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61A61FD1" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="0076206A" w:rsidP="00B42873">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t xml:space="preserve">lways be alert to the possibility of theft, fraud and corruption occurring in the workplace and be aware of the mechanisms available for reporting such issues to management within the </w:t>
       </w:r>
       <w:r w:rsidR="00F33F72">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t>uthority.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1F8C5D" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
+    <w:p w14:paraId="3D1F8C5D" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00C16357" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C16357">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
+      <w:r w:rsidR="00122C07" w:rsidRPr="00C16357">
         <w:t>omply with the Council’s Code of Official Conduct together with any additional code relating to their professional qualifications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5893CA" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
+    <w:p w14:paraId="7E5893CA" w14:textId="77777777" w:rsidR="00122C07" w:rsidRPr="00C16357" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C16357">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
+      <w:r w:rsidR="00122C07" w:rsidRPr="00C16357">
         <w:t xml:space="preserve">ct in accordance with </w:t>
       </w:r>
-      <w:r w:rsidR="00FC64B5">
+      <w:r w:rsidR="00FC64B5" w:rsidRPr="00C16357">
         <w:t>Financial and Procurement Procedure Rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272A9B94" w14:textId="7A2F7F4E" w:rsidR="00122C07" w:rsidRPr="00615F20" w:rsidRDefault="0076206A" w:rsidP="00C864C3">
+    <w:p w14:paraId="289F4586" w14:textId="4C5A6AFB" w:rsidR="00122C07" w:rsidRPr="00863935" w:rsidRDefault="0076206A" w:rsidP="00635A63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...35 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="1560"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk81484410"/>
+      <w:r w:rsidRPr="00C16357">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00122C07" w:rsidRPr="00C16357">
+        <w:t>eclare any interests and offers of gifts and hospitality that are in any way related to the performance of their duties of employment at the Council.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0833" w:rsidRPr="00C16357">
+        <w:t xml:space="preserve"> Both the Register of Interests and Gifts and Hospitality Register are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DA0833" w:rsidRPr="00C16357">
+        <w:t>electronic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DA0833" w:rsidRPr="00C16357">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA24C0" w:rsidRPr="00C16357">
+        <w:t xml:space="preserve">they </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0833" w:rsidRPr="00C16357">
+        <w:t>are managed corporately</w:t>
+      </w:r>
+      <w:r w:rsidR="00863935" w:rsidRPr="00C16357">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0833" w:rsidRPr="00C16357">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="013AE779" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="00756390" w:rsidP="00470728">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>Policies, Procedures and Codes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BCEAC80" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00B42873" w:rsidRDefault="00470728" w:rsidP="00470728">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52BC9666" w14:textId="0F78EEC7" w:rsidR="00122C07" w:rsidRDefault="00756390" w:rsidP="00470728">
+    <w:p w14:paraId="52BC9666" w14:textId="21FD37FD" w:rsidR="00122C07" w:rsidRDefault="00756390" w:rsidP="00470728">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>4.11</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00C16357">
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidR="00D10175">
-        <w:t>This Policy is designed to supplement existing Council policies, which form the key building block in the Council’s anti-fraud and corruption governance arrangements:</w:t>
+        <w:t>his Policy is designed to supplement existing Council policies, which form the key building block in the Council’s anti-fraud and corruption governance arrangements:</w:t>
       </w:r>
       <w:r w:rsidR="00122C07">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E29B93" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00753E0B" w:rsidRDefault="00470728" w:rsidP="00470728">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40F53069" w14:textId="77777777" w:rsidR="00D10175" w:rsidRDefault="00D10175" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
@@ -3261,70 +3362,78 @@
     <w:p w14:paraId="077D2808" w14:textId="227762D0" w:rsidR="00D10175" w:rsidRDefault="00D10175" w:rsidP="00C864C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Regulation of Investigatory Powers Act Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23E683A5" w14:textId="77777777" w:rsidR="00234841" w:rsidRPr="00753E0B" w:rsidRDefault="00234841" w:rsidP="00470728">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1560"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D5515A6" w14:textId="28D5C796" w:rsidR="00122C07" w:rsidRDefault="00756390" w:rsidP="00470728">
+    <w:p w14:paraId="5D5515A6" w14:textId="3977C5C2" w:rsidR="00122C07" w:rsidRDefault="00756390" w:rsidP="00470728">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>4.12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:t xml:space="preserve">These policies provide a framework within which the organisation operates. Having clear polices ensures clarity about the appropriate course of action in any given event. The policies ensure that a consistent and fair approach is taken during any investigations regarding suspected fraud or corruption; this is of particular importance where referral to the </w:t>
       </w:r>
       <w:r w:rsidR="00F33F72">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
-        <w:t>olice and Crown Prosecution Services is deemed appropriate.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">olice and Crown Prosecution Services is deemed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
+        <w:t>appropriate.</w:t>
+      </w:r>
+      <w:r w:rsidR="00140DAD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="242C70CD" w14:textId="77777777" w:rsidR="00470728" w:rsidRPr="00753E0B" w:rsidRDefault="00470728" w:rsidP="00470728">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57F026BD" w14:textId="77777777" w:rsidR="00122C07" w:rsidRDefault="00122C07" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="002060"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -3377,116 +3486,124 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>4.13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The audit plan provides for reviews of financial and management systems, whether computerised or manual, on a risk assessed basis. </w:t>
       </w:r>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Auditors are required to </w:t>
+        <w:t xml:space="preserve">Auditors are required to be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>be alert to the risk of fraud at all times</w:t>
+        <w:t>alert to the risk of fraud at all times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00122C07" w:rsidRPr="00615F20">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in all their work.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575BE90A" w14:textId="7C07FB2C" w:rsidR="00D10175" w:rsidRPr="00753E0B" w:rsidRDefault="00D10175" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="593BBF51" w14:textId="232A92DF" w:rsidR="00D10175" w:rsidRDefault="00D10175" w:rsidP="00470728">
+    <w:p w14:paraId="593BBF51" w14:textId="181B8609" w:rsidR="00D10175" w:rsidRDefault="00D10175" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>4.14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The plan includes provision for Anti-Fraud projects </w:t>
+        <w:t>The plan includes provision for Anti-Fraud pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00140DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">active work </w:t>
       </w:r>
       <w:r w:rsidR="00796A38">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and investigations into suspected fraud </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>to be carried out.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F856B9A" w14:textId="0C7DB57C" w:rsidR="00D10175" w:rsidRPr="00753E0B" w:rsidRDefault="00D10175" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
@@ -3688,280 +3805,331 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EA62CCF" w14:textId="77777777" w:rsidR="006F6012" w:rsidRDefault="006F6012" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="534026E9" w14:textId="77777777" w:rsidR="006F6012" w:rsidRPr="00B42873" w:rsidRDefault="006F6012" w:rsidP="00470728">
+    <w:p w14:paraId="107A2239" w14:textId="77777777" w:rsidR="0006270C" w:rsidRDefault="0006270C" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7647A67C" w14:textId="0B816845" w:rsidR="00823A45" w:rsidRDefault="00823A45" w:rsidP="00823A45">
-[...45 lines deleted...]
-    <w:p w14:paraId="72A8B468" w14:textId="4F25CB91" w:rsidR="00823A45" w:rsidRDefault="00823A45" w:rsidP="00470728">
+    <w:p w14:paraId="12938E06" w14:textId="77777777" w:rsidR="0006270C" w:rsidRDefault="0006270C" w:rsidP="00470728">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="6DCD370F" w14:textId="77777777" w:rsidR="0006270C" w:rsidRDefault="0006270C" w:rsidP="00470728">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="264" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="534026E9" w14:textId="77777777" w:rsidR="006F6012" w:rsidRPr="00B42873" w:rsidRDefault="006F6012" w:rsidP="00470728">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="264" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7647A67C" w14:textId="0B816845" w:rsidR="00823A45" w:rsidRDefault="00823A45" w:rsidP="00823A45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E89E6FE" w14:textId="77777777" w:rsidR="00B42873" w:rsidRPr="00B42873" w:rsidRDefault="00B42873" w:rsidP="00823A45">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A8B468" w14:textId="52D12EC5" w:rsidR="00823A45" w:rsidRDefault="00823A45" w:rsidP="00470728">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="264" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>4.1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A63040">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63040">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Council’s arrangements are kept up to date by checking against best practice guidance including </w:t>
       </w:r>
       <w:r w:rsidRPr="00896C13">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>CIPFA Code of Practice on Managing the Risk of Fraud and Corruption</w:t>
       </w:r>
       <w:r w:rsidR="00F3209C">
         <w:t xml:space="preserve"> and Fighting Fraud and </w:t>
       </w:r>
       <w:r w:rsidR="00824C43">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00F3209C">
         <w:t>orruption Locally</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16357">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00823A45" w:rsidSect="00431E7B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="964" w:right="851" w:bottom="964" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D5CAE20" w14:textId="77777777" w:rsidR="005E48DB" w:rsidRDefault="005E48DB" w:rsidP="00AE7F1E">
+    <w:p w14:paraId="04AC87D8" w14:textId="77777777" w:rsidR="006755CD" w:rsidRDefault="006755CD" w:rsidP="00AE7F1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="692C6DD3" w14:textId="77777777" w:rsidR="005E48DB" w:rsidRDefault="005E48DB" w:rsidP="00AE7F1E">
+    <w:p w14:paraId="6F5C9FE7" w14:textId="77777777" w:rsidR="006755CD" w:rsidRDefault="006755CD" w:rsidP="00AE7F1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32249FFB" w14:textId="77777777" w:rsidR="005E48DB" w:rsidRDefault="005E48DB" w:rsidP="00AE7F1E">
+    <w:p w14:paraId="57480BE6" w14:textId="77777777" w:rsidR="006755CD" w:rsidRDefault="006755CD" w:rsidP="00AE7F1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FAA3275" w14:textId="77777777" w:rsidR="005E48DB" w:rsidRDefault="005E48DB" w:rsidP="00AE7F1E">
+    <w:p w14:paraId="706648D0" w14:textId="77777777" w:rsidR="006755CD" w:rsidRDefault="006755CD" w:rsidP="00AE7F1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="705C24D6" w14:textId="77777777" w:rsidR="00074DE9" w:rsidRDefault="00074DE9" w:rsidP="00D972F6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D972F6">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D972F6">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -3972,98 +4140,98 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D972F6">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D972F6">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D972F6">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DBC0541" w14:textId="77777777" w:rsidR="00074DE9" w:rsidRPr="00161069" w:rsidRDefault="00074DE9" w:rsidP="00745FA2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="71225DBC" w14:textId="77777777" w:rsidR="00074DE9" w:rsidRPr="00161069" w:rsidRDefault="00074DE9" w:rsidP="00745FA2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009D0BDF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009D0BDF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00044065"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69B84854"/>
     <w:lvl w:ilvl="0" w:tplc="6408EC18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6422,516 +6590,560 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="839853418">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1506357477">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2027248854">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1935281876">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="651520697">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1010832508">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C505A"/>
     <w:rsid w:val="00002970"/>
     <w:rsid w:val="00006D95"/>
     <w:rsid w:val="00022136"/>
+    <w:rsid w:val="0002534C"/>
     <w:rsid w:val="00027901"/>
     <w:rsid w:val="000300E7"/>
     <w:rsid w:val="00032F18"/>
     <w:rsid w:val="00041631"/>
     <w:rsid w:val="000436EA"/>
     <w:rsid w:val="00043E8D"/>
-    <w:rsid w:val="000515A6"/>
+    <w:rsid w:val="0006270C"/>
+    <w:rsid w:val="0006419E"/>
     <w:rsid w:val="00074DE9"/>
     <w:rsid w:val="00083739"/>
     <w:rsid w:val="00087ED3"/>
     <w:rsid w:val="000911BC"/>
     <w:rsid w:val="000A3FDD"/>
     <w:rsid w:val="000B0FDB"/>
     <w:rsid w:val="000B40F9"/>
     <w:rsid w:val="000B5F3C"/>
+    <w:rsid w:val="000C2031"/>
     <w:rsid w:val="000C22C5"/>
     <w:rsid w:val="000C7119"/>
     <w:rsid w:val="000C7341"/>
     <w:rsid w:val="000F4FBC"/>
     <w:rsid w:val="001058A8"/>
     <w:rsid w:val="00111184"/>
     <w:rsid w:val="0011260C"/>
     <w:rsid w:val="001202C1"/>
     <w:rsid w:val="00122C07"/>
     <w:rsid w:val="001242C7"/>
     <w:rsid w:val="00125FDE"/>
     <w:rsid w:val="00130D64"/>
     <w:rsid w:val="001310D5"/>
     <w:rsid w:val="00133C79"/>
     <w:rsid w:val="001371A9"/>
+    <w:rsid w:val="00140DAD"/>
     <w:rsid w:val="00147D81"/>
     <w:rsid w:val="001529A6"/>
     <w:rsid w:val="00154C1C"/>
     <w:rsid w:val="00160358"/>
     <w:rsid w:val="00160B05"/>
     <w:rsid w:val="00160DF2"/>
     <w:rsid w:val="00161069"/>
     <w:rsid w:val="00177B03"/>
     <w:rsid w:val="00181779"/>
     <w:rsid w:val="00183746"/>
     <w:rsid w:val="00187953"/>
     <w:rsid w:val="00190527"/>
     <w:rsid w:val="00196D48"/>
     <w:rsid w:val="001B4645"/>
     <w:rsid w:val="001B4EE4"/>
     <w:rsid w:val="001B607F"/>
     <w:rsid w:val="001C3F90"/>
     <w:rsid w:val="001C3FA6"/>
     <w:rsid w:val="001C614D"/>
+    <w:rsid w:val="001D0D7B"/>
     <w:rsid w:val="001D4957"/>
     <w:rsid w:val="001E00AA"/>
     <w:rsid w:val="001E11D4"/>
     <w:rsid w:val="001E2CE4"/>
     <w:rsid w:val="001E6E36"/>
     <w:rsid w:val="001F4B6F"/>
     <w:rsid w:val="002012F5"/>
     <w:rsid w:val="002104CF"/>
     <w:rsid w:val="00220186"/>
     <w:rsid w:val="00220854"/>
     <w:rsid w:val="00226D4D"/>
     <w:rsid w:val="00227E71"/>
     <w:rsid w:val="00234841"/>
+    <w:rsid w:val="00240256"/>
     <w:rsid w:val="002413CE"/>
     <w:rsid w:val="00241C1E"/>
     <w:rsid w:val="00241E3D"/>
     <w:rsid w:val="002443AF"/>
     <w:rsid w:val="00250E03"/>
     <w:rsid w:val="00261874"/>
     <w:rsid w:val="00265E4B"/>
     <w:rsid w:val="002751FF"/>
+    <w:rsid w:val="00276890"/>
     <w:rsid w:val="00277810"/>
     <w:rsid w:val="002823A1"/>
     <w:rsid w:val="00282B25"/>
     <w:rsid w:val="00286278"/>
     <w:rsid w:val="00287EE3"/>
     <w:rsid w:val="00295AC5"/>
     <w:rsid w:val="002C505A"/>
     <w:rsid w:val="002D3D22"/>
     <w:rsid w:val="002D6ACD"/>
     <w:rsid w:val="002E338A"/>
     <w:rsid w:val="002F217B"/>
     <w:rsid w:val="00310F30"/>
     <w:rsid w:val="00313F7E"/>
+    <w:rsid w:val="00315ECD"/>
     <w:rsid w:val="003166B3"/>
     <w:rsid w:val="003169C8"/>
     <w:rsid w:val="0031704C"/>
     <w:rsid w:val="0032588C"/>
     <w:rsid w:val="0032686D"/>
     <w:rsid w:val="0033301B"/>
     <w:rsid w:val="00334BD4"/>
     <w:rsid w:val="00337A32"/>
     <w:rsid w:val="00340882"/>
     <w:rsid w:val="00345F34"/>
     <w:rsid w:val="003662B3"/>
+    <w:rsid w:val="003726E5"/>
     <w:rsid w:val="00373565"/>
     <w:rsid w:val="003754AA"/>
     <w:rsid w:val="00377047"/>
     <w:rsid w:val="0038433C"/>
+    <w:rsid w:val="00384B69"/>
     <w:rsid w:val="00391037"/>
     <w:rsid w:val="003A1B6F"/>
+    <w:rsid w:val="003B1581"/>
     <w:rsid w:val="003B2F7B"/>
     <w:rsid w:val="003B54B2"/>
     <w:rsid w:val="003D0BC2"/>
+    <w:rsid w:val="003D1FF1"/>
     <w:rsid w:val="003D5D7A"/>
     <w:rsid w:val="003E2D03"/>
     <w:rsid w:val="003E30F9"/>
     <w:rsid w:val="003E474C"/>
     <w:rsid w:val="003E7701"/>
     <w:rsid w:val="003F1572"/>
     <w:rsid w:val="003F214F"/>
     <w:rsid w:val="003F55FD"/>
     <w:rsid w:val="0040676F"/>
     <w:rsid w:val="00406E0E"/>
     <w:rsid w:val="00415BFD"/>
     <w:rsid w:val="00431E7B"/>
     <w:rsid w:val="00441A81"/>
+    <w:rsid w:val="00444161"/>
     <w:rsid w:val="00444F83"/>
+    <w:rsid w:val="00452C62"/>
     <w:rsid w:val="0046349C"/>
     <w:rsid w:val="00463629"/>
     <w:rsid w:val="00466367"/>
     <w:rsid w:val="00470728"/>
     <w:rsid w:val="00486472"/>
     <w:rsid w:val="004915A4"/>
+    <w:rsid w:val="004946FA"/>
     <w:rsid w:val="0049477A"/>
     <w:rsid w:val="00496E42"/>
     <w:rsid w:val="004A5B99"/>
-    <w:rsid w:val="004B20D0"/>
     <w:rsid w:val="004B3A4C"/>
     <w:rsid w:val="004C7E2D"/>
+    <w:rsid w:val="004D019B"/>
     <w:rsid w:val="004D1FD9"/>
     <w:rsid w:val="004D3906"/>
     <w:rsid w:val="004D7844"/>
+    <w:rsid w:val="004E1B01"/>
     <w:rsid w:val="004F223F"/>
     <w:rsid w:val="004F2CE6"/>
     <w:rsid w:val="004F3C47"/>
     <w:rsid w:val="004F4135"/>
     <w:rsid w:val="004F57CB"/>
     <w:rsid w:val="00511B79"/>
     <w:rsid w:val="005149BD"/>
     <w:rsid w:val="00517496"/>
     <w:rsid w:val="0053565A"/>
     <w:rsid w:val="005369B7"/>
     <w:rsid w:val="00542E2F"/>
     <w:rsid w:val="00543714"/>
     <w:rsid w:val="00546301"/>
     <w:rsid w:val="00547687"/>
     <w:rsid w:val="00556556"/>
     <w:rsid w:val="00556592"/>
     <w:rsid w:val="00557D86"/>
+    <w:rsid w:val="00562366"/>
+    <w:rsid w:val="00563139"/>
     <w:rsid w:val="00565817"/>
     <w:rsid w:val="0058153D"/>
     <w:rsid w:val="00586A33"/>
     <w:rsid w:val="00590386"/>
     <w:rsid w:val="005966F1"/>
     <w:rsid w:val="005A022C"/>
     <w:rsid w:val="005A131C"/>
     <w:rsid w:val="005A2B94"/>
     <w:rsid w:val="005B7663"/>
+    <w:rsid w:val="005C14AD"/>
     <w:rsid w:val="005C6B54"/>
     <w:rsid w:val="005E0E92"/>
-    <w:rsid w:val="005E48DB"/>
     <w:rsid w:val="005F5F4F"/>
     <w:rsid w:val="00601616"/>
     <w:rsid w:val="00601CC1"/>
     <w:rsid w:val="00603B90"/>
     <w:rsid w:val="00604115"/>
     <w:rsid w:val="00605105"/>
     <w:rsid w:val="0060611E"/>
     <w:rsid w:val="00613386"/>
     <w:rsid w:val="00613540"/>
     <w:rsid w:val="00615D5E"/>
     <w:rsid w:val="00615F20"/>
     <w:rsid w:val="00620966"/>
     <w:rsid w:val="00624970"/>
     <w:rsid w:val="006311D9"/>
     <w:rsid w:val="006337E5"/>
     <w:rsid w:val="00633BF0"/>
+    <w:rsid w:val="00635A63"/>
     <w:rsid w:val="006444C4"/>
     <w:rsid w:val="00653B7C"/>
     <w:rsid w:val="006666B6"/>
+    <w:rsid w:val="006755CD"/>
     <w:rsid w:val="0069564E"/>
     <w:rsid w:val="006968FC"/>
     <w:rsid w:val="006A2E82"/>
+    <w:rsid w:val="006A4308"/>
     <w:rsid w:val="006B528D"/>
     <w:rsid w:val="006C6949"/>
     <w:rsid w:val="006D5066"/>
     <w:rsid w:val="006E1EDF"/>
     <w:rsid w:val="006E7C28"/>
     <w:rsid w:val="006F1766"/>
     <w:rsid w:val="006F2F98"/>
     <w:rsid w:val="006F3B0C"/>
     <w:rsid w:val="006F6012"/>
     <w:rsid w:val="00704910"/>
+    <w:rsid w:val="00705751"/>
     <w:rsid w:val="00711241"/>
     <w:rsid w:val="00737E1F"/>
     <w:rsid w:val="00745FA2"/>
+    <w:rsid w:val="00752C71"/>
     <w:rsid w:val="00753E0B"/>
     <w:rsid w:val="00756390"/>
     <w:rsid w:val="00761927"/>
     <w:rsid w:val="0076206A"/>
     <w:rsid w:val="00764847"/>
     <w:rsid w:val="0076690F"/>
     <w:rsid w:val="0077353E"/>
     <w:rsid w:val="00796A38"/>
     <w:rsid w:val="007A3936"/>
     <w:rsid w:val="007A66B0"/>
     <w:rsid w:val="007B45A3"/>
     <w:rsid w:val="007C0359"/>
     <w:rsid w:val="007C2076"/>
     <w:rsid w:val="007C6226"/>
+    <w:rsid w:val="007E03A8"/>
     <w:rsid w:val="007F0D46"/>
     <w:rsid w:val="007F0E85"/>
     <w:rsid w:val="007F49CA"/>
     <w:rsid w:val="007F4F10"/>
     <w:rsid w:val="007F5E84"/>
+    <w:rsid w:val="007F5FC3"/>
     <w:rsid w:val="00806584"/>
     <w:rsid w:val="008177ED"/>
     <w:rsid w:val="00821C7B"/>
     <w:rsid w:val="00823A45"/>
     <w:rsid w:val="00824C43"/>
     <w:rsid w:val="008313BA"/>
     <w:rsid w:val="00833DF5"/>
     <w:rsid w:val="00834D3C"/>
     <w:rsid w:val="0084443B"/>
+    <w:rsid w:val="00863935"/>
     <w:rsid w:val="00864FB2"/>
     <w:rsid w:val="00866110"/>
     <w:rsid w:val="0087060E"/>
     <w:rsid w:val="00871EF6"/>
     <w:rsid w:val="008757C8"/>
     <w:rsid w:val="0087734E"/>
     <w:rsid w:val="0088661A"/>
     <w:rsid w:val="008919B8"/>
     <w:rsid w:val="00896C13"/>
     <w:rsid w:val="008A2055"/>
     <w:rsid w:val="008A5EE7"/>
     <w:rsid w:val="008B737E"/>
     <w:rsid w:val="008C1634"/>
     <w:rsid w:val="008C6E20"/>
     <w:rsid w:val="008D030E"/>
     <w:rsid w:val="008D4825"/>
     <w:rsid w:val="008D6E53"/>
     <w:rsid w:val="008E47F3"/>
     <w:rsid w:val="008E5062"/>
     <w:rsid w:val="008F0506"/>
     <w:rsid w:val="00900D67"/>
     <w:rsid w:val="00901A9C"/>
     <w:rsid w:val="009022EE"/>
     <w:rsid w:val="0090489F"/>
     <w:rsid w:val="009110BF"/>
     <w:rsid w:val="00916ADF"/>
     <w:rsid w:val="00924DD0"/>
     <w:rsid w:val="0092574B"/>
     <w:rsid w:val="00937C51"/>
     <w:rsid w:val="009405D9"/>
     <w:rsid w:val="00940F27"/>
     <w:rsid w:val="00941E66"/>
     <w:rsid w:val="009530C2"/>
     <w:rsid w:val="00953811"/>
     <w:rsid w:val="009556B9"/>
     <w:rsid w:val="00957CC4"/>
     <w:rsid w:val="009641FB"/>
     <w:rsid w:val="00967986"/>
     <w:rsid w:val="0097625A"/>
     <w:rsid w:val="009763DA"/>
+    <w:rsid w:val="0097776B"/>
     <w:rsid w:val="009804EE"/>
     <w:rsid w:val="00982BB7"/>
     <w:rsid w:val="009850C7"/>
     <w:rsid w:val="0099050B"/>
     <w:rsid w:val="00996BD7"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009C17EF"/>
     <w:rsid w:val="009C2917"/>
     <w:rsid w:val="009C2D00"/>
     <w:rsid w:val="009C36E9"/>
     <w:rsid w:val="009C5BDF"/>
     <w:rsid w:val="009D0BDF"/>
     <w:rsid w:val="009D2F80"/>
     <w:rsid w:val="009D57E0"/>
     <w:rsid w:val="009E29B1"/>
     <w:rsid w:val="009F5BB8"/>
     <w:rsid w:val="00A007A8"/>
     <w:rsid w:val="00A01C84"/>
     <w:rsid w:val="00A0227B"/>
     <w:rsid w:val="00A07EE2"/>
     <w:rsid w:val="00A20AAF"/>
     <w:rsid w:val="00A20DD5"/>
     <w:rsid w:val="00A21000"/>
     <w:rsid w:val="00A249F2"/>
     <w:rsid w:val="00A324DA"/>
     <w:rsid w:val="00A32FB1"/>
     <w:rsid w:val="00A40A34"/>
+    <w:rsid w:val="00A43BD2"/>
     <w:rsid w:val="00A4717F"/>
     <w:rsid w:val="00A51D2B"/>
     <w:rsid w:val="00A57885"/>
     <w:rsid w:val="00A63040"/>
     <w:rsid w:val="00A645A0"/>
     <w:rsid w:val="00A6573A"/>
+    <w:rsid w:val="00A678BC"/>
     <w:rsid w:val="00A90EF6"/>
     <w:rsid w:val="00A95C41"/>
     <w:rsid w:val="00A964D2"/>
     <w:rsid w:val="00A97440"/>
     <w:rsid w:val="00AA0B94"/>
+    <w:rsid w:val="00AA46B4"/>
     <w:rsid w:val="00AA576A"/>
     <w:rsid w:val="00AE19AD"/>
     <w:rsid w:val="00AE3DC1"/>
     <w:rsid w:val="00AE3DE8"/>
     <w:rsid w:val="00AE64C7"/>
     <w:rsid w:val="00AE78F6"/>
     <w:rsid w:val="00AE7F1E"/>
     <w:rsid w:val="00AF69DF"/>
     <w:rsid w:val="00B0184E"/>
     <w:rsid w:val="00B03365"/>
     <w:rsid w:val="00B13EB4"/>
     <w:rsid w:val="00B40CFC"/>
     <w:rsid w:val="00B42873"/>
     <w:rsid w:val="00B442A9"/>
     <w:rsid w:val="00B44BAA"/>
+    <w:rsid w:val="00B47CD9"/>
     <w:rsid w:val="00B55D90"/>
     <w:rsid w:val="00B605AB"/>
     <w:rsid w:val="00B74E81"/>
     <w:rsid w:val="00B87AF6"/>
     <w:rsid w:val="00B90455"/>
     <w:rsid w:val="00B90E6B"/>
     <w:rsid w:val="00B914E6"/>
+    <w:rsid w:val="00B91EFF"/>
     <w:rsid w:val="00B92DA0"/>
     <w:rsid w:val="00B959B5"/>
     <w:rsid w:val="00B95CA0"/>
     <w:rsid w:val="00B97634"/>
     <w:rsid w:val="00B976AD"/>
     <w:rsid w:val="00BA24C0"/>
     <w:rsid w:val="00BA5EE0"/>
     <w:rsid w:val="00BA664E"/>
+    <w:rsid w:val="00BB40C7"/>
     <w:rsid w:val="00BB6372"/>
     <w:rsid w:val="00BC0266"/>
     <w:rsid w:val="00BC0AC9"/>
     <w:rsid w:val="00BC159D"/>
     <w:rsid w:val="00BC419A"/>
     <w:rsid w:val="00BC4248"/>
     <w:rsid w:val="00BC5685"/>
     <w:rsid w:val="00BE21A4"/>
     <w:rsid w:val="00BE28A1"/>
     <w:rsid w:val="00BE3D61"/>
     <w:rsid w:val="00C02548"/>
     <w:rsid w:val="00C04A77"/>
     <w:rsid w:val="00C0674F"/>
     <w:rsid w:val="00C10BA2"/>
     <w:rsid w:val="00C11519"/>
     <w:rsid w:val="00C12803"/>
     <w:rsid w:val="00C13CCD"/>
     <w:rsid w:val="00C15690"/>
     <w:rsid w:val="00C15B3C"/>
+    <w:rsid w:val="00C16357"/>
     <w:rsid w:val="00C21063"/>
+    <w:rsid w:val="00C27A27"/>
     <w:rsid w:val="00C36DC2"/>
     <w:rsid w:val="00C41714"/>
     <w:rsid w:val="00C42FCC"/>
+    <w:rsid w:val="00C43793"/>
     <w:rsid w:val="00C60760"/>
     <w:rsid w:val="00C71DAD"/>
     <w:rsid w:val="00C7393F"/>
     <w:rsid w:val="00C74F04"/>
     <w:rsid w:val="00C76985"/>
     <w:rsid w:val="00C770F0"/>
     <w:rsid w:val="00C776FD"/>
     <w:rsid w:val="00C83D9E"/>
     <w:rsid w:val="00C8592F"/>
     <w:rsid w:val="00C85B23"/>
     <w:rsid w:val="00C864C3"/>
     <w:rsid w:val="00C87D61"/>
+    <w:rsid w:val="00C94B70"/>
     <w:rsid w:val="00CC2C00"/>
+    <w:rsid w:val="00CD3F4C"/>
     <w:rsid w:val="00CE087F"/>
     <w:rsid w:val="00CE1300"/>
     <w:rsid w:val="00CE1E1B"/>
+    <w:rsid w:val="00CE3F0C"/>
     <w:rsid w:val="00CE3FF3"/>
     <w:rsid w:val="00CE6317"/>
     <w:rsid w:val="00CF111C"/>
     <w:rsid w:val="00CF2768"/>
+    <w:rsid w:val="00CF3B6C"/>
+    <w:rsid w:val="00CF6014"/>
     <w:rsid w:val="00D006EE"/>
     <w:rsid w:val="00D10175"/>
     <w:rsid w:val="00D228EF"/>
     <w:rsid w:val="00D22C1A"/>
     <w:rsid w:val="00D235F8"/>
     <w:rsid w:val="00D31DDD"/>
+    <w:rsid w:val="00D46BA3"/>
+    <w:rsid w:val="00D56BA6"/>
     <w:rsid w:val="00D668CE"/>
     <w:rsid w:val="00D704A1"/>
     <w:rsid w:val="00D74BCE"/>
     <w:rsid w:val="00D76F99"/>
     <w:rsid w:val="00D82B8F"/>
     <w:rsid w:val="00D84898"/>
     <w:rsid w:val="00D95E56"/>
     <w:rsid w:val="00D972F6"/>
     <w:rsid w:val="00DA0833"/>
     <w:rsid w:val="00DA3907"/>
     <w:rsid w:val="00DA579C"/>
     <w:rsid w:val="00DC4167"/>
-    <w:rsid w:val="00DD41FF"/>
     <w:rsid w:val="00DD6CD8"/>
     <w:rsid w:val="00DE2187"/>
     <w:rsid w:val="00DE4C2C"/>
     <w:rsid w:val="00DE6581"/>
     <w:rsid w:val="00E03EF7"/>
     <w:rsid w:val="00E07FF3"/>
     <w:rsid w:val="00E15A4B"/>
     <w:rsid w:val="00E17B28"/>
     <w:rsid w:val="00E2256D"/>
     <w:rsid w:val="00E34FC3"/>
     <w:rsid w:val="00E417B2"/>
     <w:rsid w:val="00E419A9"/>
     <w:rsid w:val="00E476F2"/>
     <w:rsid w:val="00E56995"/>
     <w:rsid w:val="00E5785C"/>
     <w:rsid w:val="00E61CDD"/>
     <w:rsid w:val="00E65719"/>
     <w:rsid w:val="00E6755C"/>
+    <w:rsid w:val="00E73B3B"/>
     <w:rsid w:val="00E74723"/>
     <w:rsid w:val="00E75B1D"/>
     <w:rsid w:val="00E75F81"/>
     <w:rsid w:val="00E85181"/>
     <w:rsid w:val="00E86668"/>
     <w:rsid w:val="00E87D8C"/>
     <w:rsid w:val="00E92DA0"/>
     <w:rsid w:val="00E955C1"/>
     <w:rsid w:val="00EA3D02"/>
     <w:rsid w:val="00EA69DD"/>
     <w:rsid w:val="00EB32D1"/>
     <w:rsid w:val="00EB453F"/>
     <w:rsid w:val="00EB72B2"/>
     <w:rsid w:val="00ED1FF8"/>
     <w:rsid w:val="00ED2DA7"/>
     <w:rsid w:val="00ED4281"/>
     <w:rsid w:val="00ED4568"/>
     <w:rsid w:val="00ED78DC"/>
     <w:rsid w:val="00EE18BF"/>
     <w:rsid w:val="00EF30E4"/>
     <w:rsid w:val="00EF5AE3"/>
     <w:rsid w:val="00F23787"/>
+    <w:rsid w:val="00F305D6"/>
     <w:rsid w:val="00F3209C"/>
     <w:rsid w:val="00F33F72"/>
     <w:rsid w:val="00F373F1"/>
     <w:rsid w:val="00F37B8E"/>
     <w:rsid w:val="00F47B4F"/>
     <w:rsid w:val="00F519F5"/>
     <w:rsid w:val="00F526D3"/>
     <w:rsid w:val="00F603E3"/>
     <w:rsid w:val="00F63D94"/>
     <w:rsid w:val="00F65A5B"/>
     <w:rsid w:val="00F74D25"/>
     <w:rsid w:val="00F752F7"/>
     <w:rsid w:val="00F80F63"/>
     <w:rsid w:val="00F83F2B"/>
     <w:rsid w:val="00F9137C"/>
     <w:rsid w:val="00F93CA5"/>
     <w:rsid w:val="00F96672"/>
     <w:rsid w:val="00F96D83"/>
     <w:rsid w:val="00F96DBD"/>
     <w:rsid w:val="00F9729B"/>
     <w:rsid w:val="00FA0878"/>
     <w:rsid w:val="00FB1C28"/>
     <w:rsid w:val="00FB3DBB"/>
     <w:rsid w:val="00FB43B1"/>
     <w:rsid w:val="00FC0002"/>
@@ -6949,51 +7161,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="38605D87"/>
   <w15:docId w15:val="{2B3C1EA3-FAF4-4CC5-8B11-A714C55C62AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7507,64 +7719,62 @@
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E474C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00406E0E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00406E0E"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00406E0E"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00406E0E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -7578,51 +7788,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C8592F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D6ACD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="12611578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="23794618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8312,66 +8522,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9327878E-0162-48F0-9526-12747ADBE4FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2122</Words>
-  <Characters>12101</Characters>
+  <Words>2147</Words>
+  <Characters>12049</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>267</Lines>
+  <Paragraphs>181</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rotherham Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14195</CharactersWithSpaces>
+  <CharactersWithSpaces>14015</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Andy Furniss</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>