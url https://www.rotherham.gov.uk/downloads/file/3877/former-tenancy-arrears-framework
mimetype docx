--- v0 (2025-10-07)
+++ v1 (2026-01-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="10EA0CD2" w14:textId="368F3C04" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="009E2BD7" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2241A59B" wp14:editId="61FF11A7">
             <wp:extent cx="1727200" cy="590550"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -304,8752 +304,8423 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="108" w:tblpY="203"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4153"/>
         <w:gridCol w:w="4261"/>
       </w:tblGrid>
       <w:tr w:rsidR="0081789E" w:rsidRPr="008C3105" w14:paraId="7A50103C" w14:textId="77777777" w:rsidTr="004B1D78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3833CBAA" w14:textId="1D629C6E" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
+          <w:p w14:paraId="3833CBAA" w14:textId="2B75BD9C" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C3105">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Version: </w:t>
             </w:r>
-            <w:r w:rsidR="008A0523">
+            <w:r w:rsidR="00A72698">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4261" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36190E8D" w14:textId="426C6F36" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
+          <w:p w14:paraId="36190E8D" w14:textId="282449CB" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C3105">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Issue date: </w:t>
             </w:r>
-            <w:r w:rsidR="007A6DAC">
+            <w:r w:rsidR="00A72698">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>May</w:t>
-[...17 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081789E" w:rsidRPr="008C3105" w14:paraId="72FD7EA0" w14:textId="77777777" w:rsidTr="004B1D78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8BC5E8" w14:textId="08D08E7A" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
+          <w:p w14:paraId="6C8BC5E8" w14:textId="0C9813C7" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C3105">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Author</w:t>
             </w:r>
             <w:r w:rsidR="00A55E48">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:r w:rsidRPr="008C3105">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Owner: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008A0523">
+            <w:r w:rsidR="004F36C5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Mark Edmondson/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Paul Elliott</w:t>
+              <w:t>Housing Income Manager/ Specialist Income Recovery and Court Co-ordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4261" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="493435B7" w14:textId="130374C6" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
+          <w:p w14:paraId="493435B7" w14:textId="113C65EC" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="004B1D78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C3105">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Review due: </w:t>
             </w:r>
-            <w:r w:rsidR="002E036D">
+            <w:r w:rsidR="004F36C5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>April 202</w:t>
-[...8 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>January 2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65D33A46" w14:textId="77777777" w:rsidR="005A72DB" w:rsidRDefault="005A72DB" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16CF8F17" w14:textId="77777777" w:rsidR="005A72DB" w:rsidRDefault="005A72DB" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="106D7883" w14:textId="736F7B06" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...10 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="106D7883" w14:textId="736F7B06" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROTHERHAM METROPOLITAN BOROUGH COUNCIL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B4EE1D" w14:textId="3502D4F7" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...10 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="52B4EE1D" w14:textId="3502D4F7" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing – </w:t>
       </w:r>
-      <w:r w:rsidR="00BF4CD6">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF4CD6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Former Tenant Arrears</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00855054">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00855054" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Framework</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0500AF10" w14:textId="77777777" w:rsidR="005A72DB" w:rsidRDefault="005A72DB" w:rsidP="0081789E">
-[...20 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="0500AF10" w14:textId="77777777" w:rsidR="005A72DB" w:rsidRPr="00A72698" w:rsidRDefault="005A72DB" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="021FB50B" w14:textId="28F974C0" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONTENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157106B2" w14:textId="53FDFAF3" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+    <w:p w14:paraId="157106B2" w14:textId="53FDFAF3" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1A87C6" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="2C1A87C6" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="10D78EC0" w14:textId="302B7A7C" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D78EC0" w14:textId="302B7A7C" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388C0ABB" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="388C0ABB" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6F847D80" w14:textId="74372D02" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F847D80" w14:textId="74372D02" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Scope</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48CF81F9" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="48CF81F9" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5BBA0BA4" w14:textId="120F2419" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BBA0BA4" w14:textId="120F2419" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="003D76E2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Proc</w:t>
       </w:r>
-      <w:r w:rsidR="00C32863">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C32863" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ess</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5D78C9" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="0B5D78C9" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="1BEF6135" w14:textId="77777777" w:rsidR="0081789E" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BEF6135" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4970EBD8" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="000012C2" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="4970EBD8" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0C14A326" w14:textId="66CD7AC5" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C14A326" w14:textId="66CD7AC5" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Role Responsibility &amp; Authority</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC3AEF1" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="0EC3AEF1" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="041B07A1" w14:textId="1B2559DE" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041B07A1" w14:textId="1B2559DE" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Monitoring, Review &amp; Evaluation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C00682F" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="1C00682F" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="56A98B7F" w14:textId="28131920" w:rsidR="0081789E" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A98B7F" w14:textId="28131920" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Legislation and Guidance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43CFF78D" w14:textId="77777777" w:rsidR="00BF4CD6" w:rsidRPr="00BF4CD6" w:rsidRDefault="00BF4CD6" w:rsidP="00BF4CD6">
+    <w:p w14:paraId="43CFF78D" w14:textId="77777777" w:rsidR="00BF4CD6" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="00BF4CD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="7FB7A8B4" w14:textId="1007D405" w:rsidR="00BF4CD6" w:rsidRPr="008C3105" w:rsidRDefault="009E2BD7" w:rsidP="0081789E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FB7A8B4" w14:textId="1007D405" w:rsidR="00BF4CD6" w:rsidRPr="00A72698" w:rsidRDefault="009E2BD7" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Framework</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4CD6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Control Statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4159585C" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B9F975E" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF4CD6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="547EB1BC" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4159585C" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B75692B" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9F975E" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="0250515E" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="547EB1BC" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="5E4E4635" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B75692B" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="5497F50A" w14:textId="2E7D8FFF" w:rsidR="008A0523" w:rsidRDefault="008A0523" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0250515E" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="2D204364" w14:textId="77777777" w:rsidR="005A72DB" w:rsidRDefault="005A72DB" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E4E4635" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="008C3105" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="5EDDB516" w14:textId="77777777" w:rsidR="00226657" w:rsidRDefault="00226657" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5497F50A" w14:textId="2E7D8FFF" w:rsidR="008A0523" w:rsidRDefault="008A0523" w:rsidP="0081789E">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60EE7AF6" w14:textId="77777777" w:rsidR="00226657" w:rsidRDefault="00226657" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2D204364" w14:textId="77777777" w:rsidR="005A72DB" w:rsidRDefault="005A72DB" w:rsidP="0081789E">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5744775C" w14:textId="77777777" w:rsidR="000566B6" w:rsidRDefault="000566B6" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="42BC8405" w14:textId="79522F53" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42BC8405" w14:textId="4CB1ACF1" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534DA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ROTHERHAM METROPOLITAN BOROUGH COUNCIL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55219898" w14:textId="25274E49" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...10 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="55219898" w14:textId="25274E49" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing – </w:t>
       </w:r>
-      <w:r w:rsidR="00BF4CD6">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF4CD6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Former Tenant Arrears</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00855054">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00855054" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Framework</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E7E4D3" w14:textId="126B422B" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...10 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="04E7E4D3" w14:textId="126B422B" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.0 </w:t>
       </w:r>
-      <w:r w:rsidR="00BF4CD6">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF4CD6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4231D1" w14:textId="20098EA7" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4F4231D1" w14:textId="20098EA7" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rotherham Metropolitan Borough Council recognise </w:t>
       </w:r>
-      <w:r w:rsidR="00D1651B">
-        <w:rPr>
+      <w:r w:rsidR="00D1651B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>how important it is to collect</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> rent</w:t>
       </w:r>
-      <w:r w:rsidR="008A0523">
-        <w:rPr>
+      <w:r w:rsidR="008A0523" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in all forms</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="008A0523">
-        <w:rPr>
+      <w:r w:rsidR="008A0523" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">alongside the collection of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">service charges, garage </w:t>
       </w:r>
-      <w:r w:rsidR="00D1651B">
-        <w:rPr>
+      <w:r w:rsidR="00D1651B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rents</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, former tenant arrears and leaseholder</w:t>
       </w:r>
-      <w:r w:rsidR="00D1651B">
-        <w:rPr>
+      <w:r w:rsidR="00D1651B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> charges</w:t>
       </w:r>
-      <w:r w:rsidR="008A0523">
-        <w:rPr>
+      <w:r w:rsidR="008A0523" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. I</w:t>
       </w:r>
-      <w:r w:rsidR="00D1651B">
-        <w:rPr>
+      <w:r w:rsidR="00D1651B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> imperative to the </w:t>
       </w:r>
-      <w:r w:rsidR="008A0523">
-        <w:rPr>
+      <w:r w:rsidR="008A0523" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">continuation of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">housing management function. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEE139B" w14:textId="4A7CB4FB" w:rsidR="00BF4CD6" w:rsidRDefault="00FA2AE1" w:rsidP="0081789E">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3EEE139B" w14:textId="4A7CB4FB" w:rsidR="00BF4CD6" w:rsidRPr="00A72698" w:rsidRDefault="00FA2AE1" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="0081789E" w:rsidRPr="00534DA4">
-[...50 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0081789E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t is recognised that there is a direct relationship between effective collection and the ability to deliver a high-quality service to customers. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4CD6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rotherham Metropolitan Borough Council’s Former Tenant Rent Arrears process is designed to reflect a desire to provide an excellent service, to be fair, equitable and sympathetic, and to support vulnerable people, while at the same time balancing this with the need to maximise revenue by recovering rent that is due, to safeguard the provision of services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEB59F6" w14:textId="0094AD98" w:rsidR="00BF4CD6" w:rsidRPr="00A72698" w:rsidRDefault="00BF4CD6" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This framework sets out guidance for an efficient and effective approach to income collection that complies with legislative requirements and wider corporate objectives.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0977E50A" w14:textId="77777777" w:rsidR="00C95054" w:rsidRDefault="00C95054" w:rsidP="0081789E">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="0977E50A" w14:textId="77777777" w:rsidR="00C95054" w:rsidRPr="00A72698" w:rsidRDefault="00C95054" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B2EDD1E" w14:textId="69D2BB69" w:rsidR="0081789E" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="5B2EDD1E" w14:textId="69D2BB69" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2.0 </w:t>
       </w:r>
-      <w:r w:rsidR="00BF4CD6">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF4CD6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE59FA4" w14:textId="401BD61A" w:rsidR="0081789E" w:rsidRPr="00516337" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="2FE59FA4" w14:textId="401BD61A" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The aims of the Housing Income</w:t>
       </w:r>
-      <w:r w:rsidR="00165206">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Support Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00516337">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> team are centred on </w:t>
       </w:r>
-      <w:r w:rsidR="00772952">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00772952" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00516337">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">main corporate </w:t>
       </w:r>
-      <w:r w:rsidR="00A71AEB">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00A71AEB" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vision and one Council approach:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="172A24F5" w14:textId="34753BC4" w:rsidR="0081789E" w:rsidRPr="00516337" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="605A9BA6" w14:textId="77777777" w:rsidR="00A72698" w:rsidRPr="00387C47" w:rsidRDefault="00A72698" w:rsidP="00A72698">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...32 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Places are thriving, safe, and clean</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F121EA7" w14:textId="77777777" w:rsidR="00A72698" w:rsidRPr="00387C47" w:rsidRDefault="00A72698" w:rsidP="00A72698">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>An economy that works for everyone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452E9CFF" w14:textId="77777777" w:rsidR="00A72698" w:rsidRPr="00387C47" w:rsidRDefault="00A72698" w:rsidP="00A72698">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Children and young people achieve their potential</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2849C28C" w14:textId="77777777" w:rsidR="00A72698" w:rsidRPr="00387C47" w:rsidRDefault="00A72698" w:rsidP="00A72698">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...32 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Residents live well</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B93B85" w14:textId="77777777" w:rsidR="00A72698" w:rsidRDefault="00A72698" w:rsidP="00A72698">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252B36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>One Council that listens and learns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58002BAC" w14:textId="3BDE5179" w:rsidR="00F55A31" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The team serves a </w:t>
+      </w:r>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wide-ranging</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> purpose that focuses not only on collection of </w:t>
+      </w:r>
+      <w:r w:rsidR="00226508" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>income but</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also instilling support for those with vulnerabilities through our </w:t>
+      </w:r>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inancial </w:t>
+      </w:r>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nclusion team, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0339" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">creating the opportunity of employment through our Employment Solutions </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>team</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0339" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E52303" w14:textId="639BF3AF" w:rsidR="00A71AEB" w:rsidRPr="00A72698" w:rsidRDefault="00FA2AE1" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The service provision delivers a </w:t>
+      </w:r>
+      <w:r w:rsidR="002C3E13" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>joined-up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approach that looks to communicate effectively and coherently with customers</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37EC7" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and third parties at all stages </w:t>
+      </w:r>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37EC7" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure we su</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB29C5" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pport our customers and provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37EC7" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>added value to them.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEB" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E4AB56" w14:textId="6F616772" w:rsidR="005F0339" w:rsidRDefault="005F0339" w:rsidP="0081789E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="06CA6A4B" w14:textId="1A6E8C8E" w:rsidR="00226657" w:rsidRDefault="00226657" w:rsidP="0081789E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A cleaner, greener local environment</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BF15FE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E12F170" w14:textId="77777777" w:rsidR="00226657" w:rsidRDefault="00226657" w:rsidP="0081789E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58002BAC" w14:textId="2947BC84" w:rsidR="00F55A31" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6781B1AC" w14:textId="77777777" w:rsidR="00A72698" w:rsidRDefault="00A72698" w:rsidP="0081789E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516337">
-[...202 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    </w:p>
+    <w:p w14:paraId="00BF44F5" w14:textId="09D446CE" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="00B73DE6" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00165206">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Housing Income and Support Services</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> team</w:t>
       </w:r>
-      <w:r w:rsidR="0081789E" w:rsidRPr="00516337">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="0081789E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aim to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C52227" w14:textId="7BCA928F" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="44C52227" w14:textId="7BCA928F" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Deliver an efficient, </w:t>
       </w:r>
-      <w:r w:rsidR="004E55B1" w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>effective,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and consistent approach to income management and debt recovery</w:t>
       </w:r>
-      <w:r w:rsidR="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF15FE" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BC0005" w14:textId="256563FF" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="59BC0005" w14:textId="256563FF" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adopt a ‘firm but fair’ approach that reflects a commitment to prevention, </w:t>
       </w:r>
-      <w:r w:rsidR="004E55B1" w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>support,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and recovery</w:t>
       </w:r>
-      <w:r w:rsidR="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF15FE" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C599A8F" w14:textId="2778020C" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="1C599A8F" w14:textId="2778020C" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure customers have access to </w:t>
       </w:r>
-      <w:r w:rsidR="004E55B1">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriate </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">support </w:t>
       </w:r>
-      <w:r w:rsidR="004E55B1" w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximise their income, receive welfare benefits advice and referrals to other appropriate partners. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348B1227" w14:textId="3DBA04C7" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="348B1227" w14:textId="3DBA04C7" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Be respectful, </w:t>
       </w:r>
-      <w:r w:rsidR="004E55B1" w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inclusive,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00534DA4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and clear in our communications with customers</w:t>
       </w:r>
-      <w:r w:rsidR="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF15FE" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56443078" w14:textId="245629A6" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="56443078" w14:textId="245629A6" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide an accessible and accountable income management service provision</w:t>
       </w:r>
-      <w:r w:rsidR="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF15FE" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11043E51" w14:textId="1888999A" w:rsidR="0081789E" w:rsidRPr="00534DA4" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="11043E51" w14:textId="1888999A" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ensure a value for money approach is embedded</w:t>
       </w:r>
-      <w:r w:rsidR="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF15FE" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424E8465" w14:textId="77777777" w:rsidR="00BF15FE" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+    <w:p w14:paraId="424E8465" w14:textId="77777777" w:rsidR="00BF15FE" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure staff are aware of the </w:t>
       </w:r>
-      <w:r w:rsidR="00855054" w:rsidRPr="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00855054" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>framework</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and understand its aims</w:t>
       </w:r>
-      <w:r w:rsidR="00BF15FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BF15FE" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6621B869" w14:textId="5E2EBE7C" w:rsidR="00F37EC7" w:rsidRPr="00BF15FE" w:rsidRDefault="00F37EC7" w:rsidP="0081789E">
+    <w:p w14:paraId="6621B869" w14:textId="5E2EBE7C" w:rsidR="00F37EC7" w:rsidRPr="00A72698" w:rsidRDefault="00F37EC7" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Offer a strong tenancy support and financial inclusion service that looks to understand what the barriers are for customers and households to help directly and signpost appropriately for further and specialist support. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AC8BA8" w14:textId="70E07251" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8E73ED" w14:textId="03B247DE" w:rsidR="005F0339" w:rsidRPr="00A72698" w:rsidRDefault="005F0339" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The overall purpose of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32863" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Framework </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is to maximise recovery and as such reduce bad debt provision. This in turn should improve the financial position of the Housing Revenue Account (HRA) and associated Business Plan. This will ensure Rotherham Metropolitan Borough Council manage Former Tenant Arrears (FTA’s) consistently and prevent ‘bad debt’ remaining on accounts for sustained periods. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789FDCF8" w14:textId="77777777" w:rsidR="005F0339" w:rsidRPr="00A72698" w:rsidRDefault="005F0339" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14767B02" w14:textId="40337A6C" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scope</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2059C070" w14:textId="1604CA60" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The collection of all income due under the Housing Revenue Account is imperative to enable the delivery of all aspects of housing management and support wider corporate aims and objectives. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3851D2" w14:textId="06452C0D" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All the rent and service charge income collected from all </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEB" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>former</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> properties </w:t>
+      </w:r>
+      <w:r w:rsidR="00D660BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reinvested within the housing management function of the </w:t>
+      </w:r>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ouncil and covers the costs of the management, planned maintenance and responsive repairs</w:t>
+      </w:r>
+      <w:r w:rsidR="004E55B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as supporting wider corporate aims such as </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7CA9" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new Council </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">house building programmes. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2636F0" w14:textId="0B26E1D1" w:rsidR="003D76E2" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="003D76E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This framework applies to officers within the Adult Care, Housing and Public Health directorate working within the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7CA9" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ousing </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7CA9" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ervice. This may also apply to Rotherham Metropolitan Borough Council officers who deal with matters that may relate to rent and/ or former tenant arrears.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D95A778" w14:textId="63B921DE" w:rsidR="00C745BF" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="003D76E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The process relates to all former rental charges, service charges and sundry debts to Rotherham Metropolitan Borough Council owned residential properties, garages, and parking space.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFED5A3" w14:textId="77777777" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...255 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="740BC304" w14:textId="633F7B67" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Proce</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32863" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024574A1" w14:textId="6A4D3B34" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk129682273"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Initial Action</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2FE527D0" w14:textId="05351BF3" w:rsidR="003D76E2" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627BAA13" w14:textId="668C8A1B" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon the termination of the tenancy, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F93F0B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Technical Support Officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within </w:t>
+      </w:r>
+      <w:r w:rsidR="00F93F0B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00516337">
-[...362 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00883F88" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Property Services </w:t>
       </w:r>
-      <w:r w:rsidR="00F93F0B" w:rsidRPr="00F93F0B">
-        <w:rPr>
+      <w:r w:rsidR="00F93F0B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team</w:t>
       </w:r>
-      <w:r w:rsidRPr="009566ED">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will inform the Former Tenant Arrears (FTA) Administrator of the termination</w:t>
       </w:r>
-      <w:r w:rsidR="00284376">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s on a weekly basis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The FTA administrator will follow the process to action terminated tenancies within </w:t>
       </w:r>
-      <w:r w:rsidR="00284376">
-        <w:rPr>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seven</w:t>
       </w:r>
-      <w:r w:rsidRPr="009566ED">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> days of the tenancy terminating by: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6A0616" w14:textId="77777777" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="0081789E">
-[...9 lines deleted...]
-    <w:p w14:paraId="114E3FF7" w14:textId="2B518FBD" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+    <w:p w14:paraId="3D6A0616" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="114E3FF7" w14:textId="2B518FBD" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="003D76E2" w:rsidRPr="009566ED">
-        <w:rPr>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ttempting to contact via telephone</w:t>
       </w:r>
-      <w:r w:rsidR="00284376">
-        <w:rPr>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B80E40" w:rsidRPr="00284376">
-        <w:rPr>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>text,</w:t>
       </w:r>
-      <w:r w:rsidR="00284376">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and email at each escalation stage</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F697002" w14:textId="7A5FF5D3" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+    <w:p w14:paraId="1F697002" w14:textId="7A5FF5D3" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="003D76E2" w:rsidRPr="009566ED">
-        <w:rPr>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hen sending a ‘first contact letter’ to the former tenant (if the forwarding address is known) or next of kin/ executor with a closing balance for the account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553E8703" w14:textId="77777777" w:rsidR="009566ED" w:rsidRDefault="003D76E2" w:rsidP="009566ED">
+    <w:p w14:paraId="553E8703" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Approximately fourteen days after sending the initial letter, a follow up will be carried out in the form of a telephone call</w:t>
       </w:r>
-      <w:r w:rsidR="009566ED">
-        <w:rPr>
+      <w:r w:rsidR="009566ED" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8EDA75" w14:textId="77777777" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+    <w:p w14:paraId="5F8EDA75" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">No contact will ensure a </w:t>
       </w:r>
-      <w:r w:rsidR="003D76E2" w:rsidRPr="009566ED">
-        <w:rPr>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘second contact letter’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is issued</w:t>
       </w:r>
-      <w:r w:rsidR="003D76E2" w:rsidRPr="009566ED">
-        <w:rPr>
+      <w:r w:rsidR="003D76E2" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B99E7D7" w14:textId="77777777" w:rsidR="009566ED" w:rsidRDefault="003D76E2" w:rsidP="009566ED">
+    <w:p w14:paraId="1B99E7D7" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Failure to respond to the second letter within approximately seven days after issue, the account will be referred to a debt collection agency for further action. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617DF465" w14:textId="4D02B3F0" w:rsidR="003D76E2" w:rsidRDefault="003D76E2" w:rsidP="009566ED">
+    <w:p w14:paraId="617DF465" w14:textId="4D02B3F0" w:rsidR="003D76E2" w:rsidRPr="00A72698" w:rsidRDefault="003D76E2" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where there is no forwarding address a process of tracing will be undertaken.  However, where contact is made, an arrangement will be made for repayment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795F7157" w14:textId="58BAED2E" w:rsidR="00284376" w:rsidRPr="00284376" w:rsidRDefault="00284376" w:rsidP="00284376">
+    <w:p w14:paraId="795F7157" w14:textId="58BAED2E" w:rsidR="00284376" w:rsidRPr="00A72698" w:rsidRDefault="00284376" w:rsidP="00284376">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...117 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caseloads will be prioritised using </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RentSense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analytics to prioritise high risk accounts first utilising software available rather than an untargeted approach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9807D9" w14:textId="3A43E976" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="672549EF" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="522DEE40" w14:textId="02C51617" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk129685614"/>
-      <w:r w:rsidRPr="00B041FC">
-[...9 lines deleted...]
-        <w:t>2 Arrangements</w:t>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.2 Arrangements</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="5DED16F1" w14:textId="17D5383A" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="009566ED">
-[...59 lines deleted...]
-    <w:p w14:paraId="1526A3CF" w14:textId="77777777" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+    <w:p w14:paraId="5DED16F1" w14:textId="17D5383A" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3526AED2" w14:textId="3F913387" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Where a former tenant or executor contacts the FTA Administrator in line with correspondence received, the FTA Administrator will:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2923B78F" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1526A3CF" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...29 lines deleted...]
-    <w:p w14:paraId="69DAC383" w14:textId="6A57C5B3" w:rsidR="009566ED" w:rsidRPr="009566ED" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agree a repayment arrangement which is within the debtor's means, with all forthcoming detail logged on the appropriate Housing management system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DAC383" w14:textId="6A57C5B3" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A written arrangement letter will then be sent to the forwarding address to confirm the arrangement made</w:t>
       </w:r>
-      <w:r w:rsidR="00284376">
-        <w:rPr>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if requested, otherwise confirmation will be sent via email/ text message.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7615E1EB" w14:textId="77777777" w:rsidR="009566ED" w:rsidRPr="00A72698" w:rsidRDefault="009566ED" w:rsidP="009566ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F5D8558" w14:textId="00F0651F" w:rsidR="009566ED" w:rsidRDefault="009566ED" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F3E698" w14:textId="77777777" w:rsidR="000566B6" w:rsidRDefault="000566B6" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="477615A3" w14:textId="77777777" w:rsidR="000566B6" w:rsidRDefault="000566B6" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E964FE" w14:textId="77777777" w:rsidR="000566B6" w:rsidRPr="00A72698" w:rsidRDefault="000566B6" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D6AFAA" w14:textId="26F5B84A" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk129685822"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.3 Tracing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="3BABBAC9" w14:textId="46298AEF" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C3CB77" w14:textId="14DEE50A" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Council will look to carry out a ‘tracing’ exercise that will take place on all former tenant accounts. This is undertaken using facilities available to the FTA administrator, those being and not limited to Council Tax and Housing Benefit accounts. To ensure accurate identification of former tenant details when undertaking tracing searches on other systems, the FTA administrator will match three independent pieces of information, for example name, date of birth and national insurance number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21640731" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70904E83" w14:textId="7BD627F5" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4 Write Offs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C7EB45" w14:textId="4D99AD47" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C83417F" w14:textId="068BD2EF" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.1. When the Council is looking at writing off debt this will be checked by the Specialist Income Recovery and Court Coordinator and then sent to the Chief Finance Officer. The debt amounts are then referred to the Income Recovery Assistant to action writing off the debt from the former tenant account. The criteria for writing off debt will be based on the following thresholds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5946DC63" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70C466A5" w14:textId="377DE800" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where the initial former tenant arrears are equal to or less than £</w:t>
+      </w:r>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02749203" w14:textId="01ED3B02" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The FTA administrator will initially attempt to secure payment via a telephone call within </w:t>
+      </w:r>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">days </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the tenancy being terminated.  Should no contact be gained, the debt will be written off by Rotherham Metropolitan Borough Council due to the debt being uneconomical to recover. The FTA administrator will complete a record in the write off spreadsheet which is approved </w:t>
+      </w:r>
+      <w:r w:rsidR="006D166A" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in two stages to provide an extra layer of auditing, initially sent to Area Income Recovery Co-ordinator for checking then sent onto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Specialist Income Recovery and Court Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="006D166A" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for final approval</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The write off </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a Microsoft Excel spreadsheet where the details of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">each </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>account that require authorisation for write off are logged.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All files will be saved in a central location for audit or scrutiny purposes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34526BB6" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="715BFBC1" w14:textId="499D0ABD" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where the debt is more than £</w:t>
+      </w:r>
+      <w:r w:rsidR="00284376" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but less than £1,000.00, and there have been no responses or payments made after letters, calls, debt collection agency’s contact attempts and there is no money judgment order on account, within a </w:t>
+      </w:r>
+      <w:r w:rsidR="00944CD3" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>twelve-month</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period from the date of termination the debt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00284376" w:rsidRPr="00284376">
-[...154 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This debt will be written off by Rotherham Metropolitan Borough Council due to the debt being uneconomical to recover. The Former Tenant Arrears Recovery Administrator will then add this debt to the write off </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xcel spreadsheet (as set out in paragraph 4.4.2 above). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D122DB8" w14:textId="1E710866" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...24 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="4D70C144" w14:textId="34307215" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Specialist Income Recovery and Court Coordinator will generate a report which </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identifies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cases that have been </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>referred</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the debt collection agency.</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ccounts identified will</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be referred for write off within four weeks of return; unless the FTA administrator notes that a money judgment order is on file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616F9DC2" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B31AE0" w14:textId="0EB99DF7" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">the FTA administrator will match three independent pieces of information, </w:t>
-[...74 lines deleted...]
-        <w:rPr>
+        <w:t>4.4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...100 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If no forwarding address is provided and tracing searches have been unsuccessful, the FTA administrator will complete a record in the write off </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xcel spreadsheet which is checked by the Specialist Income Recovery and Court Coordinator prior to being authorised.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B70D0B3" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00D43ADB" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671B0706" w14:textId="3709B705" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...222 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where a tenant has </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadly passed away</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leaving no estate from which to recover the arrears, the debt will be written off. If there has been no contact with a deceased’s estate within three </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>months,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the estate will be deemed to have already been distributed and as such these debts will be written off under a “deceased tenant write off code” and recorded in the write off </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xcel spreadsheet.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493FBD2F" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E95091" w14:textId="78BCE0D8" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...56 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where a debt is statue barred by the Limitation Act 1980 the debt will be written off within six months of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sixth-year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anniversary of the termination date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1594CEF9" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BC486EC" w14:textId="2B79FF04" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.8</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B80E40">
-[...413 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Where the tenant:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D78C0B5" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00D43ADB" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D78C0B5" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Will be in prison for two years or more, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C85C9B3" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00D43ADB" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7C85C9B3" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Is bankrupt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3397D216" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00D43ADB" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3397D216" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Has no assets and no income</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62636BC9" w14:textId="77777777" w:rsidR="00D43ADB" w:rsidRPr="00D43ADB" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1B2AD709" w14:textId="77A553A7" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Has former tenant arrears owed to Rotherham Metropolitan Borough Council that are over two years old and no payments have been received in the previous twelve months, </w:t>
-[...74 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Has former tenant arrears owed to Rotherham Metropolitan Borough Council that are over two years </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6C4B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>old,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and no payments have been received in the previous twelve months, the debt will be written off as being uneconomical to recover.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A47865" w14:textId="2AABC071" w:rsidR="00616BD8" w:rsidRPr="00A72698" w:rsidRDefault="00616BD8" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C22089F" w14:textId="394E08C2" w:rsidR="00616BD8" w:rsidRPr="00A72698" w:rsidRDefault="00616BD8" w:rsidP="00616BD8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.9. Bankruptcy and Debt Relief Orders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B1ACC0" w14:textId="4E652649" w:rsidR="00616BD8" w:rsidRPr="00A72698" w:rsidRDefault="00616BD8" w:rsidP="00616BD8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Council receive official notification that a customer has been declared bankrupt any debt that is declared will be written off. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3D3EA7" w14:textId="09A6DB9F" w:rsidR="00616BD8" w:rsidRPr="00BC3FC1" w:rsidRDefault="00616BD8" w:rsidP="00616BD8">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6B3D3EA7" w14:textId="09A6DB9F" w:rsidR="00616BD8" w:rsidRPr="00A72698" w:rsidRDefault="00616BD8" w:rsidP="00616BD8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Council receive official notification, a customer has </w:t>
       </w:r>
-      <w:r w:rsidR="00EC381E" w:rsidRPr="00BC3FC1">
-        <w:rPr>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entered</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC3FC1">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a Debt Relief Order (DRO), any arrears owed at the time the DRO is granted will be written off. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A1AC6C" w14:textId="77777777" w:rsidR="00616BD8" w:rsidRPr="00616BD8" w:rsidRDefault="00616BD8" w:rsidP="00616BD8">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="45A1AC6C" w14:textId="77777777" w:rsidR="00616BD8" w:rsidRPr="00A72698" w:rsidRDefault="00616BD8" w:rsidP="00616BD8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A026B5F" w14:textId="5D109C15" w:rsidR="00616BD8" w:rsidRPr="00BC3FC1" w:rsidRDefault="00BC3FC1" w:rsidP="00616BD8">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1A026B5F" w14:textId="5D109C15" w:rsidR="00616BD8" w:rsidRPr="00A72698" w:rsidRDefault="00BC3FC1" w:rsidP="00616BD8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4.10. </w:t>
       </w:r>
-      <w:r w:rsidR="00616BD8" w:rsidRPr="00BC3FC1">
-        <w:rPr>
+      <w:r w:rsidR="00616BD8" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Breathing Space</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A27EFD" w14:textId="6A7886B3" w:rsidR="00BC3FC1" w:rsidRPr="00BC3FC1" w:rsidRDefault="00BC3FC1" w:rsidP="00BC3FC1">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="56A27EFD" w14:textId="6A7886B3" w:rsidR="00BC3FC1" w:rsidRPr="00A72698" w:rsidRDefault="00BC3FC1" w:rsidP="00BC3FC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Government launched the Breathing Space scheme on 4th May 2021. The scheme allows residents in England and Wales seeking debt advice a 60-day pause on interest, </w:t>
       </w:r>
-      <w:r w:rsidR="00EC381E" w:rsidRPr="00BC3FC1">
-        <w:rPr>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fees,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC3FC1">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and enforcement action. In relation to rental debt, a tenant must not be pursued for the outstanding balance for the duration of the Breathing Space.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EE9A62" w14:textId="77777777" w:rsidR="00BC3FC1" w:rsidRPr="00A72698" w:rsidRDefault="00BC3FC1" w:rsidP="00BC3FC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B90C247" w14:textId="72541D97" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00BC3FC1" w:rsidP="00BC3FC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A robust process is in place to ensure that tenants whose rental debt has been entered into a Breathing Space scheme have a clear identifier on the account, stating the beginning and end of the scheme. A separate record is kept for all RMBC tenants who have been entered into the scheme, with information such as name, address, outstanding balance, the dates of scheme collated and as such regularly monitored. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0A5E73" w14:textId="77777777" w:rsidR="00BC3FC1" w:rsidRPr="00A72698" w:rsidRDefault="00BC3FC1" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55884604" w14:textId="6699A5E9" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00616BD8" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3FC1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...72 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The debt may be recommended for write off by the managing department based on the merits of recoverable action and/or vulnerabilities of the tenant.  The Specialist Income Recovery and Court Coordinator will refer the matter on to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Housing Income Manager who will then agree to the debt being referred for write off.  The debt will then be input onto the write off </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>xcel spreadsheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7552C4E7" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00D43ADB" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67F2E7CF" w14:textId="04E58AB9" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3FC1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...44 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where the debt is between £1000.00 and £5000.00 and there is little or no possibility of successful recovery action through the courts, the FTA administrator will collate evidence of contact attempts, income details and any other mitigating factors to substantiate that position. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relevant account </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will then be referred to the Specialist Income Recovery and Court Coordinator for approval to refer the matter to be written off by the Chief Financial Officer, within 12 months of the date of termination. These cases will be matters such as where tracing has failed to find a forwarding address. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ead of Housing Income and Support Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Assistant Director for Housing will be informed of the position of the cases where arrears are </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>more than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> £1,000.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3604939C" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB3E0AA" w14:textId="373F3875" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.4.1</w:t>
       </w:r>
-      <w:r w:rsidR="00BC3FC1">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00BC3FC1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...49 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For cases where arrears are </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>more than</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> £5,000.00 the FTA administrator will refer the </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>account</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on a </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>six-monthly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basis to the Specialist Income Recovery and Court Coordinator for permission to request authorisation to write off the debt, with details of action taken and summary of </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the individual case</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Where necessary any requests for writing off debt will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">referred </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to the Chief Finance Officer for authorisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B696464" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BBECC3F" w14:textId="3F892F45" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3FC1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The authority for </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7CA9" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>write</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> off</w:t>
+      </w:r>
+      <w:r w:rsidR="00F93F0B" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7CA9" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irrespective of value </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be provided in the form of a</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Officer Decision Record with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>confidential appendix</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detailing all accounts. This will be prepared by the </w:t>
+      </w:r>
+      <w:r w:rsidR="002418CC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Area </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="002418CC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncome </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="002418CC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecovery </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="002418CC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oordinator and submitted to the Specialist Income Recovery and Court Coordinator and the Housing Income Manager for initial approval. This is then sent to the finance business partner for quality checking before write offs are actioned on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified </w:t>
+      </w:r>
+      <w:r w:rsidR="002418CC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accounts. The file is then sent for final approval by the Cabinet Member for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="002418CC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inance and any unauthorised write offs are to be reversed</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC381E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214C4474" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442AD042" w14:textId="7D1413A9" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.4.1</w:t>
       </w:r>
-      <w:r w:rsidR="00BC3FC1">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00BC3FC1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...124 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All debt written off, will be written back on to the rent account should contact be gained in the future. When writing debt off, £0.01 will be left on account so that these accounts are easily identifiable</w:t>
+      </w:r>
+      <w:r w:rsidR="00254A6D" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to other departments within the Council.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06432C11" w14:textId="77777777" w:rsidR="003B7CA9" w:rsidRPr="00A72698" w:rsidRDefault="003B7CA9" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B995643" w14:textId="5BFFF1B0" w:rsidR="00D43ADB" w:rsidRPr="00A72698" w:rsidRDefault="00D43ADB" w:rsidP="00D43ADB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4.14. This </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32863" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Framework </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>should be read alongside the Corporate Debt P</w:t>
+      </w:r>
+      <w:r w:rsidR="00692E40" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olicy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D43ADB">
-[...308 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="0AD060A2" w14:textId="2FC9E8D9" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF688C6" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00534DA4" w:rsidRDefault="00254A6D" w:rsidP="0081789E">
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="6FF688C6" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="116216DF" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00254A6D" w:rsidRDefault="00254A6D" w:rsidP="00254A6D">
+    <w:p w14:paraId="116216DF" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00254A6D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.5 Court Action</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10232833" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRDefault="00254A6D" w:rsidP="00254A6D">
+    <w:p w14:paraId="10232833" w14:textId="77777777" w:rsidR="00254A6D" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="00254A6D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C514878" w14:textId="78FEED17" w:rsidR="00BC3FC1" w:rsidRDefault="00254A6D" w:rsidP="0081789E">
+    <w:p w14:paraId="4C514878" w14:textId="78FEED17" w:rsidR="00BC3FC1" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Where the address of a former tenant is known, all other attempts to recover the arrears have failed and the amount of the debt is substantial (</w:t>
       </w:r>
-      <w:r w:rsidR="005E4C00">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="005E4C00" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">for example </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t>for example more than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>more than</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> £300.00), the FTA Administrator will initiate action to pursue recovery of the debt through court action if prospects are deemed to be reasonable. If the former tenant arrears are substantial and it is believed that the former tenant has the ability to pay, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> £300.00), the FTA Administrator will initiate action to pursue recovery of the debt through court action if prospects are deemed to be reasonable. If the former tenant arrears are substantial and it is believed that the former tenant has the ability to pay, consideration will be given to seeking an Attachment of Earnings Order, or in some cases, after careful consideration by the Specialist Income Recovery and Court Coordinator, approval will be sought for authorisation from the </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">consideration will be given to seeking an Attachment of Earnings Order, or in some cases, after careful consideration by the Specialist Income Recovery and Court Coordinator, approval will be sought for authorisation from the </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6DAC" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00165206">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ead of Housing Income and Support Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, for seeking an order for the seizure of goods by </w:t>
       </w:r>
-      <w:r w:rsidR="007A6DAC">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="007A6DAC" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">istress to recover the debt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF7135F" w14:textId="77777777" w:rsidR="00BC3FC1" w:rsidRDefault="00BC3FC1" w:rsidP="0081789E">
+    <w:p w14:paraId="2CF7135F" w14:textId="77777777" w:rsidR="00BC3FC1" w:rsidRPr="00A72698" w:rsidRDefault="00BC3FC1" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1078619F" w14:textId="6555F078" w:rsidR="009A30E3" w:rsidRDefault="00254A6D" w:rsidP="0081789E">
+    <w:p w14:paraId="1078619F" w14:textId="6555F078" w:rsidR="009A30E3" w:rsidRPr="00A72698" w:rsidRDefault="00254A6D" w:rsidP="0081789E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">When determining whether the former tenant </w:t>
       </w:r>
-      <w:r w:rsidR="005E4C00" w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="005E4C00" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
-      <w:r w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> pay, consideration will be given to whether they are employed or have assets of value. </w:t>
       </w:r>
-      <w:r w:rsidR="005E4C00">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="005E4C00" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00254A6D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">he consideration will be undertaken by </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t xml:space="preserve">he consideration will be undertaken by the Specialist Income Recovery and Court Coordinator on a </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4C00" w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t>‘case-by-case’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>‘</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> basis and establishing the merits of the same.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CA289E" w14:textId="6E75B530" w:rsidR="001938B9" w:rsidRPr="00A72698" w:rsidRDefault="001938B9" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B4E2AE" w14:textId="77777777" w:rsidR="005E4C00" w:rsidRPr="00A72698" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7977CE61" w14:textId="58274670" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="auto"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk129687111"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="auto"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="003850B4" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="auto"/>
-[...25 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Auditing</w:t>
+      </w:r>
+      <w:r w:rsidR="0081789E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="04356032" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00B961E7" w:rsidRDefault="0081789E" w:rsidP="0081789E">
-[...17 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="04356032" w14:textId="77777777" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB80282" w14:textId="33A20444" w:rsidR="0081789E" w:rsidRPr="00A72698" w:rsidRDefault="0081789E" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00942475">
-        <w:rPr>
+      <w:r w:rsidR="00942475" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>internal a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>udit team will ensure the Housing Income</w:t>
       </w:r>
-      <w:r w:rsidR="009168A6">
-        <w:rPr>
+      <w:r w:rsidR="009168A6" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Support Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> team are held accountable for any decisions, </w:t>
       </w:r>
-      <w:r w:rsidR="001938B9" w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidR="001938B9" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>practices,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and performance</w:t>
       </w:r>
-      <w:r w:rsidR="00942475">
-        <w:rPr>
+      <w:r w:rsidR="00942475" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. This will include </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a comprehensive auditing report </w:t>
       </w:r>
-      <w:r w:rsidR="00942475">
-        <w:rPr>
+      <w:r w:rsidR="00942475" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">being </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">compiled annually that looks at all aspects of the team and is then rated on a scale </w:t>
       </w:r>
-      <w:r w:rsidR="00942475">
-        <w:rPr>
+      <w:r w:rsidR="00942475" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of substantial assurance to none, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with a </w:t>
       </w:r>
-      <w:r w:rsidR="00314DA3">
-        <w:rPr>
+      <w:r w:rsidR="00314DA3" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>list</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of recommendations</w:t>
       </w:r>
-      <w:r w:rsidR="00DB342E">
-        <w:rPr>
+      <w:r w:rsidR="00DB342E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if necessary</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B961E7">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DF97E0" w14:textId="49D219EE" w:rsidR="00993FDC" w:rsidRDefault="00993FDC" w:rsidP="0081789E">
-[...28 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="11DF97E0" w14:textId="49D219EE" w:rsidR="00993FDC" w:rsidRPr="00A72698" w:rsidRDefault="00993FDC" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C39AA16" w14:textId="6B3ED3AC" w:rsidR="00993FDC" w:rsidRPr="00A72698" w:rsidRDefault="00993FDC" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="644B6AD6" w14:textId="51D00FBF" w:rsidR="00993FDC" w:rsidRPr="00A72698" w:rsidRDefault="00993FDC" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.7 Refunds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151362DF" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
-[...17 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="151362DF" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34346667" w14:textId="1152159A" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where a customer has a credit on their rent account the Council use an automatic process called ‘Credit Spreading’ to distribute the credit to other associated accounts that may be in debt. Other associated accounts could be court costs, garage rent or tenants contents insurance. When the other accounts are paid in full, money left over will remain as credit on the current main rent account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9A3882" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
-[...17 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4C9A3882" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59494FD6" w14:textId="23C4B681" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Credit is used to pay off debts in the following order: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C88BD73" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="6C88BD73" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Main current account </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D8D684" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="54D8D684" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Current garage / garage site account </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAA7BF8" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="1DAA7BF8" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Current Insurance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30628FCB" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="30628FCB" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Current court costs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50332926" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="50332926" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Former tenancy arrears - Debts will be cleared from the oldest former tenancy first through to the most recent, in the following order: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BE7ECE" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="55BE7ECE" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Main Former tenancy Account </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0813832D" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="0813832D" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Former garage / garage site </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9BFCC2" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="6F9BFCC2" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Former Insurance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3C8D25" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+    <w:p w14:paraId="4E3C8D25" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Former Court Costs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FFA939" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
-[...17 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="03FFA939" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="020BAEF3" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where other debts are owed to the Council the credit will be used to pay that debt and any remaining balance will be refunded to the customer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC730B6" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">We aim to refund within 14 days of receipt. Refund requests must be submitted via the Housing Income Support team in various methods which include online and via the Housing management system. Refunds can be issued by bank transfer, cheque or to the card by which the payment was made. </w:t>
+    <w:p w14:paraId="0CC730B6" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRPr="00A72698" w:rsidRDefault="007A6DAC" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15435F72" w14:textId="48117178" w:rsidR="007A6DAC" w:rsidRPr="007A6DAC" w:rsidRDefault="00A72698" w:rsidP="007A6DAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">We aim to refund within 14 days of receipt, although the agreed internal service level agreement is 28 days. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6DAC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refund requests must be submitted via the Housing Income Support team in various methods which include online and via the Housing management system. Refunds can be issued </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in special circumstances </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6DAC" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>by bank transfer, cheque or to the card by which the payment was made.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6DAC" w:rsidRPr="007A6DAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C79D4A7" w14:textId="77777777" w:rsidR="007A6DAC" w:rsidRDefault="007A6DAC" w:rsidP="0081789E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12379A55" w14:textId="50A45C68" w:rsidR="005E4C00" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="12379A55" w14:textId="50A45C68" w:rsidR="005E4C00" w:rsidRPr="00A72698" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>5.0 Performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1655FA" w14:textId="7CED25AB" w:rsidR="00147088" w:rsidRDefault="00147088" w:rsidP="0081789E">
-[...86 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D1655FA" w14:textId="7CED25AB" w:rsidR="00147088" w:rsidRPr="00A72698" w:rsidRDefault="00147088" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="326E91AC" w14:textId="427FB265" w:rsidR="00147088" w:rsidRPr="00A72698" w:rsidRDefault="00147088" w:rsidP="00147088">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The collection performance target is set in accordance with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Housemark</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> definitions. All other targets have been agreed by senior management within the income and the Council’s performance team. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EBA81B" w14:textId="77777777" w:rsidR="006E1FF5" w:rsidRPr="00A72698" w:rsidRDefault="006E1FF5" w:rsidP="00147088">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A514C61" w14:textId="175CABF2" w:rsidR="00147088" w:rsidRPr="00A72698" w:rsidRDefault="00147088" w:rsidP="00147088">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4EB1">
-        <w:rPr>
+      <w:r w:rsidR="00CB4EB1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> financial year 2022/23 was the </w:t>
       </w:r>
-      <w:r w:rsidR="00D667B1">
-        <w:rPr>
+      <w:r w:rsidR="00D667B1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>first-time</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4EB1">
-        <w:rPr>
+      <w:r w:rsidR="00CB4EB1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> specific targets were set for the team and were </w:t>
       </w:r>
-      <w:r w:rsidRPr="00147088">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">based on </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4EB1">
-        <w:rPr>
+      <w:r w:rsidR="00CB4EB1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00147088">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>previous year’s performance</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4EB1">
-        <w:rPr>
+      <w:r w:rsidR="00CB4EB1" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00147088">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with due regard for upcoming challenges, in particular welfare reform, cost of living issues and resource capacity. </w:t>
       </w:r>
-      <w:r w:rsidR="00755A1E">
-[...29 lines deleted...]
-        <w:t>The performance is reported to senior management within the income team and subject to regular reviews and audits. Quarterly and annual benchmarking of performance is undertaken through Housemark, with the same conducted via a Northern benchmarking group to evidence progression against local and national piers.</w:t>
+      <w:r w:rsidR="00755A1E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This continues to be the case through 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00755A1E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00755A1E" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478CEEF8" w14:textId="77777777" w:rsidR="00755A1E" w:rsidRPr="00A72698" w:rsidRDefault="00755A1E" w:rsidP="00147088">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30CB06C3" w14:textId="2B748F54" w:rsidR="00147088" w:rsidRPr="00A72698" w:rsidRDefault="00147088" w:rsidP="00147088">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The performance is reported to senior management within the income team and subject to regular reviews and audits. Quarterly and annual benchmarking of performance is undertaken through </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Housemark</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, with the same conducted via a Northern benchmarking group to evidence progression against local and national piers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31AB4562" w14:textId="12919F77" w:rsidR="00EC381E" w:rsidRDefault="00EC381E" w:rsidP="00147088">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B71E62D" w14:textId="5B985324" w:rsidR="002B1F48" w:rsidRDefault="002B1F48" w:rsidP="0081789E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1804"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B1F48" w14:paraId="008DC0EF" w14:textId="6C4D801C" w:rsidTr="0078569A">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7329D063" w14:textId="716333BF" w:rsidR="002B1F48" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
+          <w:p w14:paraId="7329D063" w14:textId="716333BF" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B4986">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Performance Indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="262C5E4D" w14:textId="05C51822" w:rsidR="002B1F48" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
+          <w:p w14:paraId="262C5E4D" w14:textId="05C51822" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B4986">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Indicator Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2A7F06" w14:textId="73F7E428" w:rsidR="002B1F48" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
+          <w:p w14:paraId="0F2A7F06" w14:textId="600C9FCC" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B4986">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Target 202</w:t>
             </w:r>
-            <w:r w:rsidR="00755A1E">
+            <w:r w:rsidR="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B4986">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00755A1E">
+            <w:r w:rsidR="00A72698">
               <w:rPr>
-                <w:b/>
-[...110 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C57D4DB" w14:textId="0C596618" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Outturn 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7438AE7A" w14:textId="2C686945" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="002B1F48" w:rsidP="002B1F48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Target 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1F48" w14:paraId="26D9872F" w14:textId="3D8A6559" w:rsidTr="002B1F48">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="592F4F8A" w14:textId="4F9599B7" w:rsidR="002B1F48" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="592F4F8A" w14:textId="643EE4F7" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>FTA1</w:t>
+              <w:t>SIRC</w:t>
+            </w:r>
+            <w:r w:rsidR="0078569A" w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="070B3C40" w14:textId="3269DB3A" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="070B3C40" w14:textId="3269DB3A" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0078569A">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number of FTA accounts outstanding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55131D65" w14:textId="5AD1FA52" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="00755A1E" w:rsidP="002B1F48">
+          <w:p w14:paraId="55131D65" w14:textId="4D027C88" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00755A1E" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4422</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00010DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="595B83BB" w14:textId="5F354063" w:rsidR="002B1F48" w:rsidRPr="007C346D" w:rsidRDefault="00755A1E" w:rsidP="002B1F48">
+          <w:p w14:paraId="595B83BB" w14:textId="7348FB55" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00755A1E" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4246</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00010DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>345</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015ED7E2" w14:textId="5658C33B" w:rsidR="002B1F48" w:rsidRPr="00705426" w:rsidRDefault="00755A1E" w:rsidP="002B1F48">
+          <w:p w14:paraId="015ED7E2" w14:textId="0218A23E" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00010DBF">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4246</w:t>
+              <w:t>4444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1F48" w14:paraId="7B6A0730" w14:textId="2E8CB6B2" w:rsidTr="002B1F48">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0223DF49" w14:textId="6956433E" w:rsidR="002B1F48" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="0223DF49" w14:textId="558EAFF6" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>FTA2</w:t>
+              <w:t>SIRC</w:t>
+            </w:r>
+            <w:r w:rsidR="0078569A" w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35399264" w14:textId="092968D5" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="35399264" w14:textId="092968D5" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0078569A">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number of FTA accounts - value (excluding prepayments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB1D9DF" w14:textId="36BF2595" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="7CB1D9DF" w14:textId="548B45D9" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A473BA">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>£3,244,582.74</w:t>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00010DBF" w:rsidRPr="00010DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2,959,388.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E004529" w14:textId="200A6FC9" w:rsidR="002B1F48" w:rsidRPr="007C346D" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="4E004529" w14:textId="0FDE99C3" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A473BA">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>£2,959,388.29</w:t>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00010DBF" w:rsidRPr="00010DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2,844,795.66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="674989FA" w14:textId="79E6E5FB" w:rsidR="002B1F48" w:rsidRPr="00705426" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="674989FA" w14:textId="05E9C2AA" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A473BA">
+            <w:r w:rsidRPr="00010DBF">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>£2,959,388.29</w:t>
+              <w:t>£2,909,620.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1F48" w14:paraId="3258CACB" w14:textId="0B3F33D2" w:rsidTr="002B1F48">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA2BFB7" w14:textId="4A532F4B" w:rsidR="002B1F48" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="2DA2BFB7" w14:textId="287DEC3A" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>FTA3</w:t>
+              <w:t>SIRC</w:t>
+            </w:r>
+            <w:r w:rsidR="0078569A" w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57A18BF2" w14:textId="2BC66DEA" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="57A18BF2" w14:textId="2BC66DEA" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0078569A">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Number of FTA accounts movement</w:t>
-[...13 lines deleted...]
-              <w:t>(in month - new terms/debits or credits applied)</w:t>
+              <w:t>Number of FTA accounts movement (in month - new terms/debits or credits applied)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B82B328" w14:textId="160A3277" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="6B82B328" w14:textId="160A3277" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="101FE31F" w14:textId="7DBC864D" w:rsidR="002B1F48" w:rsidRPr="007C346D" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="101FE31F" w14:textId="7DBC864D" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B3C1FA" w14:textId="547FEFF7" w:rsidR="002B1F48" w:rsidRPr="00705426" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="12B3C1FA" w14:textId="547FEFF7" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1F48" w14:paraId="373BD33A" w14:textId="152560A0" w:rsidTr="002B1F48">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13689FDF" w14:textId="1484CB44" w:rsidR="002B1F48" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="13689FDF" w14:textId="687E5E51" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>FTA4</w:t>
+              <w:t>SIRC</w:t>
+            </w:r>
+            <w:r w:rsidR="0078569A" w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC9E47C" w14:textId="46E6258E" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
+          <w:p w14:paraId="2FC9E47C" w14:textId="46E6258E" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="0078569A" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0078569A">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Former rent collected as a % of rent due</w:t>
+              <w:t xml:space="preserve">Former rent collected as a % of rent due (excluding </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:t>(excluding arrears brought forward)</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>arrears brought forward)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4F44E8" w14:textId="5773D48C" w:rsidR="002B1F48" w:rsidRPr="0078569A" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="6F4F44E8" w14:textId="5BD4271A" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>88.28%</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>42.79</w:t>
+            </w:r>
+            <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F136CA5" w14:textId="0D1A5541" w:rsidR="002B1F48" w:rsidRPr="007C346D" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="4F136CA5" w14:textId="33B9CEA3" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>46.12%</w:t>
+              <w:t>77.59</w:t>
+            </w:r>
+            <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Average)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55F89491" w14:textId="65EF14F5" w:rsidR="002B1F48" w:rsidRPr="00705426" w:rsidRDefault="00A473BA" w:rsidP="002B1F48">
+          <w:p w14:paraId="55F89491" w14:textId="6EAB84FB" w:rsidR="002B1F48" w:rsidRPr="00A72698" w:rsidRDefault="00010DBF" w:rsidP="002B1F48">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>42.79%</w:t>
-[...105 lines deleted...]
-              <w:t>20.00%</w:t>
+              <w:t>77.59%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="379805DC" w14:textId="77777777" w:rsidR="0078569A" w:rsidRDefault="0078569A" w:rsidP="0081789E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D666B09" w14:textId="77777777" w:rsidR="00F53287" w:rsidRDefault="00F53287" w:rsidP="0081789E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="3679E2C0" w14:textId="77777777" w:rsidR="001E4701" w:rsidRDefault="001E4701" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="33757FA5" w14:textId="77777777" w:rsidR="00755A1E" w:rsidRDefault="00755A1E" w:rsidP="0081789E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BE2716B" w14:textId="04B87537" w:rsidR="005E4C00" w:rsidRPr="005E4C00" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3BE2716B" w14:textId="04B87537" w:rsidR="005E4C00" w:rsidRPr="00A72698" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.0 Roles and Responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD5C8AB" w14:textId="6E5B7945" w:rsidR="005E4C00" w:rsidRPr="00A72698" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ABA3A6B" w14:textId="7B854132" w:rsidR="00CB4EB1" w:rsidRDefault="00656BB9" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Assistant Director of Housing </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FF5" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is accountable for the framework with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">overall responsibility for the implementation </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FF5" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintaining records of all debts to be authorised for write off</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FF5" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sitting with the Specialist Income Recovery Team</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. All requests for authorisation of write off must be submitted to the Chief Finance Officer for authorisation. The Chief Finance Officer will ensure the debts are written off in accordance with the Financial and Procurement Procedure Rules. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Housing Income Manager and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Income Recovery and Court Coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsible for the operational delivery of this framework</w:t>
+      </w:r>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>longside</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the associated proce</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32863" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sses</w:t>
+      </w:r>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00705426" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and has the responsibility for ensuring compliance with regulatory and legislative requirements.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD4B89C" w14:textId="77777777" w:rsidR="000961A6" w:rsidRPr="00A72698" w:rsidRDefault="000961A6" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1413DD49" w14:textId="64534CE8" w:rsidR="000558A0" w:rsidRPr="00A72698" w:rsidRDefault="000558A0" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Councils finance managers or their teams should ensure they play an active role in the write off process to ensure all loss of income is reflected in the appropriate budgets and accounts, where appropriate, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65E04" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reported to the Service Assistant Director or Strategic Director. It is for the Service to decide the level or stage at which debts written off are reported to the Assistant Director or Strategic Director.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B74B8CC" w14:textId="77777777" w:rsidR="00B65E04" w:rsidRPr="00A72698" w:rsidRDefault="00B65E04" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47906472" w14:textId="670807EB" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="000558A0" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debts to be written off must be authorised by the Chief Finance Officer in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5115" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Councils Financial Regulations. Write Offs will be passed for authorisation </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65E04" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>monthly</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5115" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AF42C9" w14:textId="77777777" w:rsidR="00A473BA" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk129687678"/>
+    </w:p>
+    <w:p w14:paraId="44AE7174" w14:textId="77777777" w:rsidR="00A473BA" w:rsidRPr="00A72698" w:rsidRDefault="00A473BA" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D6C1D3B" w14:textId="6BA21938" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="000558A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.0 Monitoring, </w:t>
+      </w:r>
+      <w:r w:rsidR="00757276" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eviewing and </w:t>
+      </w:r>
+      <w:r w:rsidR="00757276" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valuation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="3E609F40" w14:textId="1BCA306C" w:rsidR="005E4C00" w:rsidRPr="00A72698" w:rsidRDefault="005E4C00" w:rsidP="0081789E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="087DC09A" w14:textId="30C4E581" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Housing Income Manager will monitor FTA cases with reference to the amounts to ensure that </w:t>
+      </w:r>
+      <w:r w:rsidR="00705426" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all relevant and appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32863" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>processes have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been followed and to ensure the timeliness of cases progressing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19239A55" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36B04E5D" w14:textId="04E7871A" w:rsidR="005E4C00" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The effectiveness of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00226657" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Framework </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is reported upon monthly with the key performance indicators overseen by the Head of Service. The effectiveness of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00226657" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Framework </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be reviewed at 12 monthly intervals to ensure best practice is always delivered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4B68E7" w14:textId="5BA8FF59" w:rsidR="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C325C8A" w14:textId="77777777" w:rsidR="000566B6" w:rsidRPr="00A72698" w:rsidRDefault="000566B6" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D58E945" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52850460" w14:textId="2417745A" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>6.0 Roles and Responsibilities</w:t>
-[...604 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">8.0 Legislation and </w:t>
+      </w:r>
+      <w:r w:rsidR="00757276" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uidance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5D4EAD" w14:textId="22A0338B" w:rsidR="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
-[...10 lines deleted...]
-    <w:p w14:paraId="3B665DF3" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="7C5D4EAD" w14:textId="22A0338B" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B665DF3" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Housing Act 1985</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612F138F" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="612F138F" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Protection from Eviction Act 1977</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660E3E72" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="660E3E72" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Landlord and Tenant Act 1987</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7E9206" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="4B7E9206" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Civil Procedure Rules 1998</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B4DEA0" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="51B4DEA0" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>County Court Act 1984</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CD6FED" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="22CD6FED" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Human Rights Act 1998</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4B9BBB" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="3E4B9BBB" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equalities Act 2010</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A23D75" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="75A23D75" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The Limitation Act 1980</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1C9A40" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="6C1C9A40" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>General Data Protection Regulation 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2056870F" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+    <w:p w14:paraId="2056870F" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any additional supplementary Legislation and guidance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E61629" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
-[...48 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="76E61629" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1DA908" w14:textId="25EA76D8" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D862A1" w14:textId="12202192" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00757276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2BD7" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Framework </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Control Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDDF557" w14:textId="77777777" w:rsidR="00B00878" w:rsidRDefault="00B00878" w:rsidP="00B00878">
-[...16 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2EDDF557" w14:textId="77777777" w:rsidR="00B00878" w:rsidRPr="00A72698" w:rsidRDefault="00B00878" w:rsidP="00B00878">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A2DCAD" w14:textId="29DEE371" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00757276">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00A473BA">
-        <w:rPr>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A55E48">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ead of</w:t>
       </w:r>
-      <w:r w:rsidR="00165206">
-        <w:rPr>
+      <w:r w:rsidR="00165206" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Housing Income and Support Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A55E48">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is responsible for ensuring adoption of, and adherence to this framework and its associated</w:t>
       </w:r>
-      <w:r w:rsidR="00226657">
-        <w:rPr>
+      <w:r w:rsidR="00226657" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> processes.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A55E48">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F8A786" w14:textId="73BE426F" w:rsidR="00757276" w:rsidRPr="00A55E48" w:rsidRDefault="00757276" w:rsidP="00757276">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="16F8A786" w14:textId="73BE426F" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00757276">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk129687953"/>
-      <w:r w:rsidR="00A473BA">
-        <w:rPr>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing Income Manager and </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Income Recovery and Court Coordinator </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="00A473BA">
-        <w:rPr>
+      <w:r w:rsidR="00A473BA" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A55E48">
-[...21 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsible for day-to-day operational management of the team. The Specialist Income Recovery and Court Coordinator is required to develop, implement, and maintain relevant guidance and </w:t>
+      </w:r>
+      <w:r w:rsidR="00226657" w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">processes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A55E48">
-        <w:rPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for employees and managers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3F8EE1" w14:textId="451AD235" w:rsidR="00757276" w:rsidRPr="00A55E48" w:rsidRDefault="00757276" w:rsidP="00757276">
-[...64 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5C3F8EE1" w14:textId="451AD235" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00757276">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All former tenant arrears staff are responsible for the operational aspect of the income collection service and will ensure there is compliance with relevant legislation and due regard for best practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D59275B" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00757276">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72698">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All staff will be provided with the right skills, capacity, and resource to deal with debt recovery and sufficient time will be committed to ensure the income is collected consistently and effectively.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30478AD4" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00534DA4" w:rsidRDefault="00757276" w:rsidP="00757276">
+    <w:p w14:paraId="30478AD4" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00757276">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
           <w:tab w:val="right" w:pos="10735"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-331"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3562"/>
-        <w:gridCol w:w="5454"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="6946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00757276" w:rsidRPr="00534DA4" w14:paraId="6DA7A46B" w14:textId="77777777" w:rsidTr="00D52FF7">
+      <w:tr w:rsidR="00757276" w:rsidRPr="00A72698" w14:paraId="6DA7A46B" w14:textId="77777777" w:rsidTr="003D5524">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3562" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43A5A668" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="43A5A668" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Author &amp; Owner:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44EDB0E2" w14:textId="7BFFC8A5" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="1CF995E1" w14:textId="77777777" w:rsidR="003D5524" w:rsidRDefault="00C86CD9" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Mark Edmondson/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Housing Income Manager/ Specialist Income recovery and </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...6 lines deleted...]
-          <w:p w14:paraId="535B804D" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="44EDB0E2" w14:textId="62E597B3" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00C86CD9" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>court Co-ordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00757276" w:rsidRPr="00A72698" w14:paraId="124AF1A7" w14:textId="77777777" w:rsidTr="003D5524">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="535B804D" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2993"/>
+                <w:tab w:val="right" w:pos="10735"/>
+              </w:tabs>
+              <w:ind w:right="-331"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72698">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approving manager:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7855E54F" w14:textId="0EF0D7FD" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00165206" w:rsidP="00D52FF7">
+          <w:p w14:paraId="7855E54F" w14:textId="6AC23164" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00C86CD9" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Paul Elliott</w:t>
+              <w:t>Head of Housing Income and Support Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757276" w:rsidRPr="00534DA4" w14:paraId="3039A2AC" w14:textId="77777777" w:rsidTr="00D52FF7">
+      <w:tr w:rsidR="00757276" w:rsidRPr="00A72698" w14:paraId="3039A2AC" w14:textId="77777777" w:rsidTr="003D5524">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3562" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60254126" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="60254126" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approval meeting:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10413276" w14:textId="0935B1C2" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="002D315A" w:rsidP="00D52FF7">
+          <w:p w14:paraId="10413276" w14:textId="0CC65F9B" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00C86CD9" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>15/05/2024</w:t>
+              <w:t>8 December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757276" w:rsidRPr="00534DA4" w14:paraId="604F15BE" w14:textId="77777777" w:rsidTr="00D52FF7">
+      <w:tr w:rsidR="00757276" w:rsidRPr="00A72698" w14:paraId="604F15BE" w14:textId="77777777" w:rsidTr="003D5524">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3562" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E22771A" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="2E22771A" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approval date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3FF962" w14:textId="04085AB7" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="002D315A" w:rsidP="00D52FF7">
+          <w:p w14:paraId="7B3FF962" w14:textId="7C1A1C7F" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00C86CD9" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>15/05/2024</w:t>
+              <w:t>8 December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757276" w:rsidRPr="00534DA4" w14:paraId="4FE5BEA6" w14:textId="77777777" w:rsidTr="00D52FF7">
+      <w:tr w:rsidR="00757276" w:rsidRPr="00A72698" w14:paraId="4FE5BEA6" w14:textId="77777777" w:rsidTr="003D5524">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3562" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5501FEA7" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="5501FEA7" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of next review:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48932455" w14:textId="633B31DC" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="002D315A" w:rsidP="00D52FF7">
+          <w:p w14:paraId="48932455" w14:textId="57D3DAC0" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00C86CD9" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>April 2025</w:t>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidR="004F36C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>anuary 2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757276" w:rsidRPr="00534DA4" w14:paraId="18A47F12" w14:textId="77777777" w:rsidTr="00D52FF7">
+      <w:tr w:rsidR="00757276" w:rsidRPr="00A72698" w14:paraId="18A47F12" w14:textId="77777777" w:rsidTr="003D5524">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3562" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA37643" w14:textId="5ED3F6AC" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="2CA37643" w14:textId="5ED3F6AC" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Officer/Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5454" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15FCA722" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00BC3FC1" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
+          <w:p w14:paraId="15FCA722" w14:textId="77777777" w:rsidR="00757276" w:rsidRPr="00A72698" w:rsidRDefault="00757276" w:rsidP="00D52FF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2993"/>
                 <w:tab w:val="right" w:pos="10735"/>
               </w:tabs>
               <w:ind w:right="-331"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3FC1">
+            <w:r w:rsidRPr="00A72698">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BFB373F" w14:textId="6C8FB362" w:rsidR="006E5716" w:rsidRPr="00F53287" w:rsidRDefault="006E5716" w:rsidP="00F53287">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E5716" w:rsidRPr="00F53287" w:rsidSect="00C2119E">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C76C933" w14:textId="77777777" w:rsidR="00752DF9" w:rsidRDefault="00752DF9" w:rsidP="00B041FC">
+    <w:p w14:paraId="4327B675" w14:textId="77777777" w:rsidR="0092640C" w:rsidRDefault="0092640C" w:rsidP="00B041FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D1AB3A5" w14:textId="77777777" w:rsidR="00752DF9" w:rsidRDefault="00752DF9" w:rsidP="00B041FC">
+    <w:p w14:paraId="4F3B2A9F" w14:textId="77777777" w:rsidR="0092640C" w:rsidRDefault="0092640C" w:rsidP="00B041FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6808B635" w14:textId="00E25B4E" w:rsidR="00B041FC" w:rsidRDefault="008A0523">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Adult Care, Housing &amp; Public Health</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56E81A4E" w14:textId="77777777" w:rsidR="00752DF9" w:rsidRDefault="00752DF9" w:rsidP="00B041FC">
+    <w:p w14:paraId="61C91832" w14:textId="77777777" w:rsidR="0092640C" w:rsidRDefault="0092640C" w:rsidP="00B041FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1563B676" w14:textId="77777777" w:rsidR="00752DF9" w:rsidRDefault="00752DF9" w:rsidP="00B041FC">
+    <w:p w14:paraId="1C45063A" w14:textId="77777777" w:rsidR="0092640C" w:rsidRDefault="0092640C" w:rsidP="00B041FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026620B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAAC8FB8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9685,50 +9356,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50163250"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C16828E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D7B6F82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93A0D72A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9797,51 +9617,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="653D20EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5046E11A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9910,51 +9730,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A836796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44CE1252"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10023,51 +9843,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71A05868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDC0EDF6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10136,51 +9956,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="747320BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="687CC412"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -10226,322 +10046,351 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="959411686">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1782913265">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1915622803">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="696659343">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1326742310">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="934482463">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="586382934">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1325011985">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1530605463">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="343747878">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="267615900">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1835871924">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0081789E"/>
     <w:rsid w:val="00000AE6"/>
+    <w:rsid w:val="00010DBF"/>
     <w:rsid w:val="00045FA2"/>
     <w:rsid w:val="00047F2F"/>
     <w:rsid w:val="0005023A"/>
     <w:rsid w:val="000558A0"/>
+    <w:rsid w:val="000566B6"/>
+    <w:rsid w:val="000961A6"/>
     <w:rsid w:val="000A03CC"/>
     <w:rsid w:val="000B72FA"/>
     <w:rsid w:val="000E5652"/>
     <w:rsid w:val="00105489"/>
     <w:rsid w:val="001268F0"/>
     <w:rsid w:val="00146EC2"/>
     <w:rsid w:val="00147088"/>
     <w:rsid w:val="00155839"/>
     <w:rsid w:val="00165206"/>
     <w:rsid w:val="001938B9"/>
     <w:rsid w:val="001B7C6A"/>
+    <w:rsid w:val="001E4701"/>
+    <w:rsid w:val="001E4BE8"/>
     <w:rsid w:val="001E712E"/>
     <w:rsid w:val="00202017"/>
     <w:rsid w:val="002216C0"/>
+    <w:rsid w:val="00226508"/>
     <w:rsid w:val="00226657"/>
     <w:rsid w:val="00240BD2"/>
     <w:rsid w:val="002418CC"/>
     <w:rsid w:val="0025045A"/>
     <w:rsid w:val="00254A6D"/>
     <w:rsid w:val="00265128"/>
     <w:rsid w:val="00284376"/>
     <w:rsid w:val="002B1AD5"/>
     <w:rsid w:val="002B1F48"/>
     <w:rsid w:val="002C0740"/>
     <w:rsid w:val="002C3C28"/>
     <w:rsid w:val="002C3E13"/>
     <w:rsid w:val="002D315A"/>
     <w:rsid w:val="002E036D"/>
     <w:rsid w:val="002E7365"/>
     <w:rsid w:val="00305B2A"/>
     <w:rsid w:val="00305FEC"/>
     <w:rsid w:val="00314DA3"/>
     <w:rsid w:val="003632C3"/>
     <w:rsid w:val="003850B4"/>
     <w:rsid w:val="00391589"/>
     <w:rsid w:val="00393A1E"/>
     <w:rsid w:val="00394912"/>
     <w:rsid w:val="003969FD"/>
     <w:rsid w:val="003A7D50"/>
     <w:rsid w:val="003B7CA9"/>
+    <w:rsid w:val="003D5524"/>
     <w:rsid w:val="003D76E2"/>
+    <w:rsid w:val="003E050B"/>
     <w:rsid w:val="004027E5"/>
+    <w:rsid w:val="0042199F"/>
     <w:rsid w:val="004424FA"/>
     <w:rsid w:val="0047553B"/>
     <w:rsid w:val="004907D3"/>
     <w:rsid w:val="004B1B16"/>
     <w:rsid w:val="004E55B1"/>
+    <w:rsid w:val="004F36C5"/>
     <w:rsid w:val="0054047F"/>
     <w:rsid w:val="0055456B"/>
+    <w:rsid w:val="00554DC2"/>
+    <w:rsid w:val="00574635"/>
     <w:rsid w:val="00581111"/>
     <w:rsid w:val="005A2BD0"/>
     <w:rsid w:val="005A72DB"/>
     <w:rsid w:val="005E4C00"/>
     <w:rsid w:val="005F0339"/>
     <w:rsid w:val="0061629C"/>
     <w:rsid w:val="00616BD8"/>
     <w:rsid w:val="00621189"/>
+    <w:rsid w:val="00647D48"/>
     <w:rsid w:val="00656BB9"/>
     <w:rsid w:val="00665B1A"/>
     <w:rsid w:val="00692E40"/>
     <w:rsid w:val="006B69CA"/>
     <w:rsid w:val="006B73AF"/>
     <w:rsid w:val="006D166A"/>
     <w:rsid w:val="006E1FF5"/>
     <w:rsid w:val="006E5716"/>
     <w:rsid w:val="006F103B"/>
+    <w:rsid w:val="006F6C4B"/>
     <w:rsid w:val="007018FB"/>
     <w:rsid w:val="00705426"/>
     <w:rsid w:val="00713A17"/>
     <w:rsid w:val="0072151F"/>
     <w:rsid w:val="007448D2"/>
     <w:rsid w:val="00752DF9"/>
     <w:rsid w:val="00755A1E"/>
     <w:rsid w:val="00757276"/>
     <w:rsid w:val="00763E35"/>
     <w:rsid w:val="007663DF"/>
     <w:rsid w:val="00772952"/>
     <w:rsid w:val="0078569A"/>
     <w:rsid w:val="007A6DAC"/>
     <w:rsid w:val="007A7AEF"/>
+    <w:rsid w:val="007B29C2"/>
     <w:rsid w:val="007C346D"/>
     <w:rsid w:val="007C627C"/>
     <w:rsid w:val="007D5B69"/>
+    <w:rsid w:val="007E29B8"/>
+    <w:rsid w:val="007F7E52"/>
     <w:rsid w:val="0081789E"/>
     <w:rsid w:val="00834595"/>
     <w:rsid w:val="008414FF"/>
     <w:rsid w:val="00842D12"/>
     <w:rsid w:val="00855054"/>
     <w:rsid w:val="00880109"/>
     <w:rsid w:val="00883F88"/>
     <w:rsid w:val="008A0523"/>
     <w:rsid w:val="008A5898"/>
     <w:rsid w:val="008C6621"/>
     <w:rsid w:val="008E0360"/>
     <w:rsid w:val="009168A6"/>
+    <w:rsid w:val="0092640C"/>
     <w:rsid w:val="009366A7"/>
     <w:rsid w:val="00942475"/>
     <w:rsid w:val="009424AB"/>
     <w:rsid w:val="00944CD3"/>
     <w:rsid w:val="009566ED"/>
     <w:rsid w:val="00964914"/>
+    <w:rsid w:val="00972A9F"/>
     <w:rsid w:val="00993FDC"/>
     <w:rsid w:val="009A30E3"/>
     <w:rsid w:val="009B3C30"/>
     <w:rsid w:val="009B4986"/>
     <w:rsid w:val="009C08BD"/>
+    <w:rsid w:val="009D2180"/>
     <w:rsid w:val="009E2BD7"/>
     <w:rsid w:val="00A032C2"/>
     <w:rsid w:val="00A41547"/>
     <w:rsid w:val="00A41997"/>
     <w:rsid w:val="00A473BA"/>
     <w:rsid w:val="00A50757"/>
     <w:rsid w:val="00A53BFD"/>
     <w:rsid w:val="00A55E48"/>
     <w:rsid w:val="00A64C79"/>
     <w:rsid w:val="00A71AEB"/>
+    <w:rsid w:val="00A72698"/>
     <w:rsid w:val="00A750F2"/>
     <w:rsid w:val="00A7553A"/>
     <w:rsid w:val="00A86A30"/>
     <w:rsid w:val="00A95D1B"/>
     <w:rsid w:val="00AB0180"/>
     <w:rsid w:val="00AE6D21"/>
     <w:rsid w:val="00B00878"/>
     <w:rsid w:val="00B041FC"/>
     <w:rsid w:val="00B65E04"/>
     <w:rsid w:val="00B73DE6"/>
     <w:rsid w:val="00B75879"/>
     <w:rsid w:val="00B80E40"/>
     <w:rsid w:val="00B86AA4"/>
     <w:rsid w:val="00BB2837"/>
     <w:rsid w:val="00BB2986"/>
     <w:rsid w:val="00BC3FC1"/>
     <w:rsid w:val="00BF15FE"/>
     <w:rsid w:val="00BF4CD6"/>
     <w:rsid w:val="00C06853"/>
     <w:rsid w:val="00C2119E"/>
     <w:rsid w:val="00C22899"/>
     <w:rsid w:val="00C32863"/>
     <w:rsid w:val="00C3426D"/>
     <w:rsid w:val="00C35950"/>
     <w:rsid w:val="00C51514"/>
     <w:rsid w:val="00C52FC4"/>
     <w:rsid w:val="00C5509C"/>
     <w:rsid w:val="00C56153"/>
     <w:rsid w:val="00C743EF"/>
     <w:rsid w:val="00C745BF"/>
+    <w:rsid w:val="00C86CD9"/>
     <w:rsid w:val="00C95054"/>
     <w:rsid w:val="00CB4EB1"/>
     <w:rsid w:val="00CB6221"/>
     <w:rsid w:val="00CB784E"/>
     <w:rsid w:val="00D12529"/>
     <w:rsid w:val="00D1651B"/>
     <w:rsid w:val="00D305BC"/>
     <w:rsid w:val="00D43ADB"/>
+    <w:rsid w:val="00D513D0"/>
     <w:rsid w:val="00D660BA"/>
     <w:rsid w:val="00D66607"/>
     <w:rsid w:val="00D667B1"/>
     <w:rsid w:val="00D952E2"/>
     <w:rsid w:val="00DA5115"/>
     <w:rsid w:val="00DA597E"/>
     <w:rsid w:val="00DB29C5"/>
     <w:rsid w:val="00DB342E"/>
     <w:rsid w:val="00E27C8D"/>
     <w:rsid w:val="00E746E2"/>
     <w:rsid w:val="00E9427B"/>
     <w:rsid w:val="00EC381E"/>
     <w:rsid w:val="00EE55CA"/>
+    <w:rsid w:val="00F00188"/>
+    <w:rsid w:val="00F24090"/>
     <w:rsid w:val="00F37EC7"/>
     <w:rsid w:val="00F522E9"/>
     <w:rsid w:val="00F53287"/>
     <w:rsid w:val="00F55A31"/>
     <w:rsid w:val="00F63E38"/>
     <w:rsid w:val="00F740F3"/>
     <w:rsid w:val="00F93F0B"/>
     <w:rsid w:val="00FA2AE1"/>
     <w:rsid w:val="00FE7B5A"/>
     <w:rsid w:val="00FF0E7E"/>
     <w:rsid w:val="00FF24A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53DF68C6"/>
   <w15:docId w15:val="{78155F00-1764-4C5D-BEA4-1F5755188BFB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11169,52 +11018,53 @@
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A032C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -11482,69 +11332,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2377600-70BF-489C-9C94-41D255967EB5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3173</Words>
-  <Characters>18087</Characters>
+  <Words>3330</Words>
+  <Characters>17981</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>508</Lines>
+  <Paragraphs>173</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rotherham Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21218</CharactersWithSpaces>
+  <CharactersWithSpaces>21240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Beasley, Nicholas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>