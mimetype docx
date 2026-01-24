--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="29BD5F13" w14:textId="1F1B7147" w:rsidR="00EE586C" w:rsidRPr="00B43C79" w:rsidRDefault="00E30098" w:rsidP="00B0090F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Dalton &amp; Thrybergh </w:t>
       </w:r>
       <w:r w:rsidR="00213DF7" w:rsidRPr="00CA2A7F">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Ward</w:t>
       </w:r>
       <w:r w:rsidR="00891F39" w:rsidRPr="00CA2A7F">
@@ -264,91 +264,109 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00380DEA" w:rsidRPr="00B43C79">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,584</w:t>
       </w:r>
       <w:r w:rsidRPr="00B43C79">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> per councillor)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57256645" w14:textId="3984A9FC" w:rsidR="00775EB2" w:rsidRPr="00B43C79" w:rsidRDefault="0050023D" w:rsidP="00B0090F">
+    <w:p w14:paraId="57256645" w14:textId="55CE11EA" w:rsidR="00775EB2" w:rsidRPr="00B43C79" w:rsidRDefault="0050023D" w:rsidP="00B0090F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43C79">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>£</w:t>
       </w:r>
       <w:r w:rsidR="00380DEA" w:rsidRPr="00B43C79">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>7,120</w:t>
       </w:r>
       <w:r w:rsidRPr="00B43C79">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Capital budget</w:t>
+        <w:t xml:space="preserve"> Capital </w:t>
+      </w:r>
+      <w:r w:rsidR="0089622E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B43C79">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>udget</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAAE453" w14:textId="66C8E95F" w:rsidR="00EA67E1" w:rsidRDefault="00EA67E1" w:rsidP="00B0090F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43C79">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>£14,483.44 Ward Housing Budget.</w:t>
@@ -2204,231 +2222,239 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Hire of Wootton Court Neighbourhood Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5134ECD1" w14:textId="1E5E3BE3" w:rsidR="007765E1" w:rsidRPr="0094132E" w:rsidRDefault="00FD6C38" w:rsidP="007769FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0094132E">
+            <w:r w:rsidRPr="0035127C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£141.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007765E1" w:rsidRPr="00E7741D" w14:paraId="19487270" w14:textId="77777777" w:rsidTr="007769FC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="414AF501" w14:textId="71B3A86F" w:rsidR="007765E1" w:rsidRPr="00E7741D" w:rsidRDefault="003D75EC" w:rsidP="007769FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">RMBC Housing - </w:t>
             </w:r>
             <w:r w:rsidR="007765E1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">KCM </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2418" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="73A60F4A" w14:textId="27CC8A9D" w:rsidR="007765E1" w:rsidRPr="00E7741D" w:rsidRDefault="007765E1" w:rsidP="007769FC">
+          <w:p w14:paraId="73A60F4A" w14:textId="27CC8A9D" w:rsidR="007765E1" w:rsidRPr="009628A2" w:rsidRDefault="007765E1" w:rsidP="007769FC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009628A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Community skip at Arundel Avenue, Dalton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A56CB7" w14:textId="4ED8517F" w:rsidR="007765E1" w:rsidRPr="0094132E" w:rsidRDefault="00FD6C38" w:rsidP="007769FC">
-[...14 lines deleted...]
-              <w:t>£442.00</w:t>
+          <w:p w14:paraId="44A56CB7" w14:textId="00CF7AB7" w:rsidR="007765E1" w:rsidRPr="009628A2" w:rsidRDefault="00FD6C38" w:rsidP="007769FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009628A2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£4</w:t>
+            </w:r>
+            <w:r w:rsidR="005D45F1" w:rsidRPr="009628A2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>59.68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007765E1" w:rsidRPr="00E7741D" w14:paraId="70D834B1" w14:textId="77777777" w:rsidTr="007769FC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1703576B" w14:textId="244BDE08" w:rsidR="007765E1" w:rsidRPr="00E7741D" w:rsidRDefault="003D75EC" w:rsidP="007769FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">RMBC Housing - </w:t>
             </w:r>
             <w:r w:rsidR="007765E1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">KCM </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2418" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="763D6AC0" w14:textId="7E045CF2" w:rsidR="007765E1" w:rsidRPr="00E7741D" w:rsidRDefault="007765E1" w:rsidP="007769FC">
+          <w:p w14:paraId="763D6AC0" w14:textId="7E045CF2" w:rsidR="007765E1" w:rsidRPr="009628A2" w:rsidRDefault="007765E1" w:rsidP="007769FC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009628A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Community skip at </w:t>
             </w:r>
-            <w:r w:rsidR="002C6F86">
+            <w:r w:rsidR="002C6F86" w:rsidRPr="009628A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>St. Leonard’s</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009628A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Avenue, Thrybergh </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D354D03" w14:textId="166A8DDF" w:rsidR="007765E1" w:rsidRPr="0094132E" w:rsidRDefault="007765E1" w:rsidP="007769FC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0094132E">
+          <w:p w14:paraId="2D354D03" w14:textId="166A8DDF" w:rsidR="007765E1" w:rsidRPr="009628A2" w:rsidRDefault="007765E1" w:rsidP="007769FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009628A2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£459.68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0090F" w:rsidRPr="00E7741D" w14:paraId="032E3EDC" w14:textId="77777777" w:rsidTr="007769FC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="535AF61D" w14:textId="3FF3D602" w:rsidR="00B0090F" w:rsidRPr="00A85C46" w:rsidRDefault="00B0090F" w:rsidP="007769FC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -2463,80 +2489,90 @@
             <w:tcW w:w="2418" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="63A0A9FF" w14:textId="77777777" w:rsidR="00B0090F" w:rsidRPr="00E7741D" w:rsidRDefault="00B0090F" w:rsidP="007769FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A69852" w14:textId="09A1B194" w:rsidR="00B0090F" w:rsidRPr="002A202A" w:rsidRDefault="00B0090F" w:rsidP="007769FC">
+          <w:p w14:paraId="25A69852" w14:textId="20005989" w:rsidR="00B0090F" w:rsidRPr="002A202A" w:rsidRDefault="00B0090F" w:rsidP="007769FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A202A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="00FD6C38">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>3,902.83</w:t>
+              <w:t>3,9</w:t>
+            </w:r>
+            <w:r w:rsidR="00E92C80">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>20.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60D15E3D" w14:textId="3A2B7BCF" w:rsidR="00B257F8" w:rsidRPr="00E7741D" w:rsidRDefault="00B257F8" w:rsidP="00C12C35">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7741D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Contribution to</w:t>
       </w:r>
       <w:r w:rsidR="00EF0E73">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3011,52 +3047,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£141.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="30950830" w14:textId="77777777" w:rsidTr="00A60124">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2272" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEB731F" w14:textId="539B9E4C" w:rsidR="003C4A0D" w:rsidRPr="00B0090F" w:rsidRDefault="003C4A0D" w:rsidP="00B43C79">
-            <w:pPr>
+          <w:p w14:paraId="1DEB731F" w14:textId="539B9E4C" w:rsidR="003C4A0D" w:rsidRPr="00B0090F" w:rsidRDefault="003C4A0D" w:rsidP="005E5AC4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0090F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Priority 1: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0090F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Give young people and their families the support they need so they have the best start in life</w:t>
             </w:r>
@@ -3162,53 +3199,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£2,194.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="1F2C5ACA" w14:textId="77777777" w:rsidTr="00A60124">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2272" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6067D83A" w14:textId="0F68A95B" w:rsidR="003C4A0D" w:rsidRPr="00B0090F" w:rsidRDefault="003C4A0D" w:rsidP="00537084">
-[...1 lines deleted...]
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="6067D83A" w14:textId="0F68A95B" w:rsidR="003C4A0D" w:rsidRPr="00B0090F" w:rsidRDefault="003C4A0D" w:rsidP="005E5AC4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0090F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Priority 2: </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB502E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tackle inequalities that lead to poorer health and quality of life; ensuring people can access services and support that will enable them to improve their health</w:t>
             </w:r>
           </w:p>
@@ -3296,53 +3333,53 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£650.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="7FEF31FC" w14:textId="77777777" w:rsidTr="00A60124">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2272" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03A3C876" w14:textId="25077C80" w:rsidR="003C4A0D" w:rsidRPr="00B0090F" w:rsidRDefault="003C4A0D" w:rsidP="00B0090F">
-[...1 lines deleted...]
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+          <w:p w14:paraId="03A3C876" w14:textId="25077C80" w:rsidR="003C4A0D" w:rsidRPr="00B0090F" w:rsidRDefault="003C4A0D" w:rsidP="005E5AC4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0090F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Priority 3:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0090F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3388,106 +3425,122 @@
           </w:tcPr>
           <w:p w14:paraId="2D31A07E" w14:textId="514D1FB3" w:rsidR="003C4A0D" w:rsidRPr="00E7741D" w:rsidRDefault="003C4A0D" w:rsidP="001854B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="577F75E5" w14:textId="7B67167B" w:rsidR="003C4A0D" w:rsidRDefault="002C6F86" w:rsidP="002C6F86">
+          <w:p w14:paraId="577F75E5" w14:textId="10E56C0C" w:rsidR="003C4A0D" w:rsidRDefault="002C6F86" w:rsidP="002C6F86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="00295ADF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>3,</w:t>
             </w:r>
             <w:r w:rsidR="00AA3F9F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>761.68</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00615861">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>79.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7343826B" w14:textId="64BBF9D7" w:rsidR="003C4A0D" w:rsidRPr="00E7741D" w:rsidRDefault="00AA3F9F" w:rsidP="001854B2">
+          <w:p w14:paraId="7343826B" w14:textId="67AAD6F3" w:rsidR="003C4A0D" w:rsidRPr="00E7741D" w:rsidRDefault="00AA3F9F" w:rsidP="001854B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£3,761.68</w:t>
+              <w:t>£3,7</w:t>
+            </w:r>
+            <w:r w:rsidR="00615861">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>79.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="415822FD" w14:textId="77777777" w:rsidTr="00A60124">
         <w:trPr>
           <w:trHeight w:val="672"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2272" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="702EDC7F" w14:textId="45A01722" w:rsidR="003C4A0D" w:rsidRPr="00E7741D" w:rsidRDefault="003C4A0D" w:rsidP="00B910D8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7741D">
@@ -3506,375 +3559,401 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>otal</w:t>
             </w:r>
             <w:r w:rsidR="00F577AF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> spent </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50CDECD8" w14:textId="7C2F813C" w:rsidR="003C4A0D" w:rsidRPr="000D7A4D" w:rsidRDefault="0061604C" w:rsidP="002749EE">
+          <w:p w14:paraId="50CDECD8" w14:textId="125DFD8F" w:rsidR="003C4A0D" w:rsidRPr="000D7A4D" w:rsidRDefault="00FB71BD" w:rsidP="002749EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£2,844.00</w:t>
+              <w:t>£2844.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4338BF8F" w14:textId="31B93D95" w:rsidR="003C4A0D" w:rsidRPr="000D7A4D" w:rsidRDefault="003C4A0D" w:rsidP="002749EE">
+          <w:p w14:paraId="4338BF8F" w14:textId="7E3D12A6" w:rsidR="003C4A0D" w:rsidRPr="000D7A4D" w:rsidRDefault="00FB71BD" w:rsidP="002749EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1299457F" w14:textId="3C884901" w:rsidR="00F42544" w:rsidRDefault="00295ADF" w:rsidP="002749EE">
+          <w:p w14:paraId="1299457F" w14:textId="793D92C3" w:rsidR="00F42544" w:rsidRDefault="00FB71BD" w:rsidP="002749EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A202A">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>£3920.51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07040C4A" w14:textId="584C7522" w:rsidR="003C4A0D" w:rsidRPr="000D7A4D" w:rsidRDefault="00FB71BD" w:rsidP="002749EE">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>3,902.83</w:t>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>£6746.83</w:t>
+              <w:t>£6,764.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56F65B51" w14:textId="43E19336" w:rsidR="00B257F8" w:rsidRPr="0006227C" w:rsidRDefault="00B257F8" w:rsidP="00B66A00">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7741D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Contribution to Sectors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B4AA08" w14:textId="635D0CB4" w:rsidR="00B257F8" w:rsidRPr="00E7741D" w:rsidRDefault="00777550" w:rsidP="00C12C35">
+    <w:p w14:paraId="47B4AA08" w14:textId="4065E9CA" w:rsidR="00B257F8" w:rsidRPr="00D75AF7" w:rsidRDefault="00777550" w:rsidP="00D75AF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0094132E">
+      <w:r w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Dalton and Thrybergh </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ward Councillors supported</w:t>
       </w:r>
-      <w:r w:rsidR="007F7897" w:rsidRPr="0094132E">
+      <w:r w:rsidR="007F7897" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E45827" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00E45827" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003C4849">
+      <w:r w:rsidR="009F63A2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">even </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB05CB" w:rsidRPr="0094132E">
+        <w:t xml:space="preserve">ix </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB05CB" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">community </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>organisations in 202</w:t>
       </w:r>
-      <w:r w:rsidR="001A3657" w:rsidRPr="0094132E">
+      <w:r w:rsidR="001A3657" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>4/25</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AF7" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3657" w:rsidRPr="00D75AF7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> through their ward budget</w:t>
       </w:r>
-      <w:r w:rsidR="005C063F" w:rsidRPr="0094132E">
+      <w:r w:rsidR="005C063F" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00091887" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00091887" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>as well as providing</w:t>
       </w:r>
-      <w:r w:rsidR="005C063F" w:rsidRPr="0094132E">
+      <w:r w:rsidR="005C063F" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00091887" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00091887" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>funding for</w:t>
       </w:r>
-      <w:r w:rsidR="00B115CE" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B115CE" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">public sector </w:t>
       </w:r>
-      <w:r w:rsidR="00B115CE" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B115CE" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>projects</w:t>
       </w:r>
-      <w:r w:rsidR="0094132E" w:rsidRPr="0094132E">
+      <w:r w:rsidR="0094132E" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>purchasing items</w:t>
       </w:r>
-      <w:r w:rsidR="0094132E" w:rsidRPr="0094132E">
+      <w:r w:rsidR="0094132E" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> or services </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0094132E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">from the private sector for </w:t>
       </w:r>
-      <w:r w:rsidR="0094132E">
+      <w:r w:rsidR="0094132E" w:rsidRPr="00D75AF7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>the benefit of h</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">the benefit of housing tenants. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441A1661" w14:textId="1AA5A775" w:rsidR="00B257F8" w:rsidRPr="00E7741D" w:rsidRDefault="00B257F8" w:rsidP="00C12C35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5325" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
@@ -4100,386 +4179,395 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CF665EE" w14:textId="3500C819" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00FA777A" w:rsidP="00EA075C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7741D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Voluntary &amp; Community Sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B13873" w14:textId="413E6D27" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+          <w:p w14:paraId="03B13873" w14:textId="413E6D27" w:rsidR="00FA777A" w:rsidRPr="00BE7E5D" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE7E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£1,793.38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CF5737" w14:textId="6CE23F08" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£1,793.38</w:t>
+              <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40CF5737" w14:textId="6CE23F08" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
+          <w:p w14:paraId="0BB86236" w14:textId="5D595646" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00DA2479" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£0.00</w:t>
+              <w:t>£141.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB86236" w14:textId="5D595646" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00DA2479" w:rsidP="004929C8">
-[...32 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6D519EBC" w14:textId="553A3286" w:rsidR="00FA777A" w:rsidRPr="00085D3B" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£1,934.53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="3006F44D" w14:textId="77777777" w:rsidTr="00ED2FBC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF62336" w14:textId="304143C1" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00FA777A" w:rsidP="00EA075C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7741D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Public Sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B1932E" w14:textId="52292FE2" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00A60124" w:rsidP="004929C8">
+          <w:p w14:paraId="13B1932E" w14:textId="52292FE2" w:rsidR="00FA777A" w:rsidRPr="00BE7E5D" w:rsidRDefault="00A60124" w:rsidP="004929C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE7E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£1,050.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6806E8" w14:textId="281810B2" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£1,050.62</w:t>
+              <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6806E8" w14:textId="281810B2" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
+          <w:p w14:paraId="782FEEC9" w14:textId="744A0474" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00DA2479" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="782FEEC9" w14:textId="744A0474" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00DA2479" w:rsidP="004929C8">
-[...32 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="17DDB8CB" w14:textId="55B388B3" w:rsidR="00FA777A" w:rsidRPr="00085D3B" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£1,050.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="6B895F4B" w14:textId="77777777" w:rsidTr="00ED2FBC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D6FC6D" w14:textId="4B1A9B00" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00FA777A" w:rsidP="00EA075C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7741D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Private Sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739E9BE4" w14:textId="164060BD" w:rsidR="00FA777A" w:rsidRPr="006A4C58" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
+          <w:p w14:paraId="739E9BE4" w14:textId="164060BD" w:rsidR="00FA777A" w:rsidRPr="00BE7E5D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE7E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£0.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CF5FCF" w14:textId="3E45366F" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CF5FCF" w14:textId="3E45366F" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
-[...14 lines deleted...]
-              <w:t>£0.00</w:t>
+          <w:p w14:paraId="3346F6BB" w14:textId="2B2D588D" w:rsidR="00FA777A" w:rsidRPr="00FE66F0" w:rsidRDefault="00085D3B" w:rsidP="00085D3B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE66F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£3,</w:t>
+            </w:r>
+            <w:r w:rsidR="009628A2" w:rsidRPr="00FE66F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>779.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3346F6BB" w14:textId="05337303" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00EA075C" w:rsidP="004929C8">
-[...38 lines deleted...]
-              <w:t>£3,761.68</w:t>
+          <w:p w14:paraId="7C9B43EA" w14:textId="3AA90B71" w:rsidR="00FA777A" w:rsidRPr="00FE66F0" w:rsidRDefault="009628A2" w:rsidP="004929C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE66F0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£3779.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60124" w:rsidRPr="00E7741D" w14:paraId="3F78D10D" w14:textId="77777777" w:rsidTr="00ED2FBC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CF39A82" w14:textId="00461BE4" w:rsidR="00FA777A" w:rsidRPr="00E7741D" w:rsidRDefault="00FA777A" w:rsidP="00EA075C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7741D">
@@ -4488,157 +4576,157 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>otal spent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="387B44E5" w14:textId="655EFE4B" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+          <w:p w14:paraId="387B44E5" w14:textId="08600981" w:rsidR="00FA777A" w:rsidRPr="00BE7E5D" w:rsidRDefault="009628A2" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£2,844.00</w:t>
+              <w:t>£2844.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C0ECC99" w14:textId="09904D0B" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+          <w:p w14:paraId="6C0ECC99" w14:textId="23606744" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="009628A2" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="380E6226" w14:textId="7B8C300B" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+          <w:p w14:paraId="380E6226" w14:textId="75AFB0A6" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="009628A2" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£3,902.83</w:t>
+              <w:t>£3920.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECBE765" w14:textId="40CEA6DB" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="004929C8" w:rsidP="004929C8">
+          <w:p w14:paraId="0ECBE765" w14:textId="6E5C3C6C" w:rsidR="00FA777A" w:rsidRPr="00CE0197" w:rsidRDefault="009628A2" w:rsidP="004929C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>£6746.83</w:t>
+              <w:t>£6764.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18F8C4E1" w14:textId="77777777" w:rsidR="00B257F8" w:rsidRPr="00E7741D" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5240FF32" w14:textId="77777777" w:rsidR="00B257F8" w:rsidRPr="00E7741D" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D3CFBE3" w14:textId="77777777" w:rsidR="00CA2A7F" w:rsidRPr="00E7741D" w:rsidRDefault="00CA2A7F" w:rsidP="0050023D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4647,76 +4735,76 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12817FCE" w14:textId="77777777" w:rsidR="0050023D" w:rsidRPr="00891F39" w:rsidRDefault="0050023D" w:rsidP="00891F39">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0050023D" w:rsidRPr="00891F39" w:rsidSect="00233FA2">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="2127" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01D82096" w14:textId="77777777" w:rsidR="007D6C0C" w:rsidRDefault="007D6C0C" w:rsidP="0058036A">
+    <w:p w14:paraId="5C6E56A6" w14:textId="77777777" w:rsidR="00316D44" w:rsidRDefault="00316D44" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F0756A8" w14:textId="77777777" w:rsidR="007D6C0C" w:rsidRDefault="007D6C0C" w:rsidP="0058036A">
+    <w:p w14:paraId="44572B8B" w14:textId="77777777" w:rsidR="00316D44" w:rsidRDefault="00316D44" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4741,57 +4829,57 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E8783C0" w14:textId="77777777" w:rsidR="0058036A" w:rsidRDefault="0058036A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61BAAF34" wp14:editId="51E0442B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-923925</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9839325</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7581900" cy="857250"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Picture 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -4818,76 +4906,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7581900" cy="857250"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63DB939F" w14:textId="77777777" w:rsidR="007D6C0C" w:rsidRDefault="007D6C0C" w:rsidP="0058036A">
+    <w:p w14:paraId="0E5B9616" w14:textId="77777777" w:rsidR="00316D44" w:rsidRDefault="00316D44" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BA18C22" w14:textId="77777777" w:rsidR="007D6C0C" w:rsidRDefault="007D6C0C" w:rsidP="0058036A">
+    <w:p w14:paraId="1DDC715B" w14:textId="77777777" w:rsidR="00316D44" w:rsidRDefault="00316D44" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="622AF363" w14:textId="77777777" w:rsidR="0058036A" w:rsidRDefault="0058036A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00F032B5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23A3FD24" wp14:editId="6533078C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-440055</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7696458" cy="10887075"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Picture 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -4914,51 +5002,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7696458" cy="10887075"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15B873EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC4E9EC0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5472,334 +5560,369 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1734767552">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1097676916">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1902209936">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="380523875">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1021975039">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0058036A"/>
     <w:rsid w:val="0000128F"/>
     <w:rsid w:val="000021AF"/>
     <w:rsid w:val="000023D5"/>
     <w:rsid w:val="00024E37"/>
     <w:rsid w:val="00035022"/>
     <w:rsid w:val="00043A7A"/>
     <w:rsid w:val="0006227C"/>
     <w:rsid w:val="00076B7E"/>
+    <w:rsid w:val="00085D3B"/>
     <w:rsid w:val="00091887"/>
     <w:rsid w:val="000A76F2"/>
     <w:rsid w:val="000D1FA3"/>
     <w:rsid w:val="000D5736"/>
     <w:rsid w:val="000D7A4D"/>
     <w:rsid w:val="000E7E08"/>
     <w:rsid w:val="00126CA6"/>
     <w:rsid w:val="00137A6C"/>
     <w:rsid w:val="001459FB"/>
     <w:rsid w:val="00154058"/>
     <w:rsid w:val="001578AB"/>
     <w:rsid w:val="001639A3"/>
     <w:rsid w:val="00165572"/>
     <w:rsid w:val="001854B2"/>
     <w:rsid w:val="001A3657"/>
     <w:rsid w:val="001B2C87"/>
     <w:rsid w:val="001C42C7"/>
     <w:rsid w:val="001C5CDD"/>
     <w:rsid w:val="00213DF7"/>
+    <w:rsid w:val="00223837"/>
+    <w:rsid w:val="00230FFF"/>
     <w:rsid w:val="00233FA2"/>
     <w:rsid w:val="00241A51"/>
     <w:rsid w:val="00263345"/>
     <w:rsid w:val="002749EE"/>
     <w:rsid w:val="0028469C"/>
     <w:rsid w:val="00295ADF"/>
     <w:rsid w:val="002A175B"/>
     <w:rsid w:val="002A202A"/>
     <w:rsid w:val="002B7C39"/>
     <w:rsid w:val="002C5090"/>
     <w:rsid w:val="002C6944"/>
     <w:rsid w:val="002C6F86"/>
     <w:rsid w:val="002E53A6"/>
     <w:rsid w:val="00301956"/>
     <w:rsid w:val="003056EF"/>
+    <w:rsid w:val="00316D44"/>
     <w:rsid w:val="003208A5"/>
     <w:rsid w:val="00327B53"/>
     <w:rsid w:val="003347C1"/>
+    <w:rsid w:val="0035127C"/>
     <w:rsid w:val="00354B42"/>
+    <w:rsid w:val="00355F78"/>
     <w:rsid w:val="00360A15"/>
     <w:rsid w:val="00380DEA"/>
     <w:rsid w:val="00392516"/>
     <w:rsid w:val="003A427C"/>
     <w:rsid w:val="003C09F7"/>
     <w:rsid w:val="003C4849"/>
     <w:rsid w:val="003C4A0D"/>
     <w:rsid w:val="003D75EC"/>
+    <w:rsid w:val="003E08FF"/>
     <w:rsid w:val="00403577"/>
+    <w:rsid w:val="004452D3"/>
     <w:rsid w:val="004852F1"/>
     <w:rsid w:val="004929C8"/>
     <w:rsid w:val="004A53CB"/>
     <w:rsid w:val="004D1470"/>
     <w:rsid w:val="004D2378"/>
     <w:rsid w:val="004D771F"/>
     <w:rsid w:val="0050023D"/>
     <w:rsid w:val="00520036"/>
     <w:rsid w:val="00537084"/>
     <w:rsid w:val="00543F64"/>
     <w:rsid w:val="0057467C"/>
     <w:rsid w:val="0057500B"/>
     <w:rsid w:val="0058036A"/>
+    <w:rsid w:val="00594F77"/>
     <w:rsid w:val="005A1AFD"/>
     <w:rsid w:val="005B7CCA"/>
     <w:rsid w:val="005C063F"/>
+    <w:rsid w:val="005D45F1"/>
+    <w:rsid w:val="005E5AC4"/>
     <w:rsid w:val="005F2EE4"/>
     <w:rsid w:val="00606E66"/>
+    <w:rsid w:val="00615861"/>
     <w:rsid w:val="0061604C"/>
     <w:rsid w:val="00617217"/>
     <w:rsid w:val="00631115"/>
     <w:rsid w:val="0063205A"/>
     <w:rsid w:val="0064035A"/>
+    <w:rsid w:val="00643C42"/>
+    <w:rsid w:val="006604C3"/>
     <w:rsid w:val="00663747"/>
     <w:rsid w:val="00667085"/>
     <w:rsid w:val="00696D50"/>
     <w:rsid w:val="006A4C58"/>
     <w:rsid w:val="006D07A0"/>
     <w:rsid w:val="006D2845"/>
+    <w:rsid w:val="006D642A"/>
     <w:rsid w:val="006E35CA"/>
     <w:rsid w:val="006F4CCF"/>
     <w:rsid w:val="006F5395"/>
     <w:rsid w:val="00716BFA"/>
     <w:rsid w:val="00727BCA"/>
     <w:rsid w:val="00745FD9"/>
     <w:rsid w:val="00751332"/>
     <w:rsid w:val="00763233"/>
     <w:rsid w:val="00774F07"/>
     <w:rsid w:val="00775EB2"/>
     <w:rsid w:val="007765E1"/>
     <w:rsid w:val="00777550"/>
     <w:rsid w:val="0078606E"/>
     <w:rsid w:val="00795C2C"/>
     <w:rsid w:val="007D6C0C"/>
     <w:rsid w:val="007E3E75"/>
     <w:rsid w:val="007F53D4"/>
     <w:rsid w:val="007F7897"/>
     <w:rsid w:val="0080241C"/>
     <w:rsid w:val="00807102"/>
     <w:rsid w:val="008273F1"/>
     <w:rsid w:val="0082757A"/>
     <w:rsid w:val="00836E5A"/>
     <w:rsid w:val="0084607B"/>
     <w:rsid w:val="00850C73"/>
     <w:rsid w:val="00862498"/>
+    <w:rsid w:val="00865111"/>
+    <w:rsid w:val="0087254A"/>
     <w:rsid w:val="008762B1"/>
     <w:rsid w:val="008765A5"/>
     <w:rsid w:val="0088403D"/>
+    <w:rsid w:val="008843D4"/>
     <w:rsid w:val="00891F39"/>
+    <w:rsid w:val="0089622E"/>
     <w:rsid w:val="008C3533"/>
     <w:rsid w:val="008D37E1"/>
+    <w:rsid w:val="008F116D"/>
     <w:rsid w:val="00902FEF"/>
     <w:rsid w:val="00923E24"/>
     <w:rsid w:val="0094132E"/>
     <w:rsid w:val="0095159F"/>
     <w:rsid w:val="009520D0"/>
+    <w:rsid w:val="009628A2"/>
     <w:rsid w:val="0097244F"/>
     <w:rsid w:val="0099190C"/>
     <w:rsid w:val="009A0A5A"/>
     <w:rsid w:val="009A6CE6"/>
     <w:rsid w:val="009B4C5C"/>
     <w:rsid w:val="009B52E1"/>
     <w:rsid w:val="009D3CC7"/>
     <w:rsid w:val="009F040C"/>
+    <w:rsid w:val="009F63A2"/>
     <w:rsid w:val="00A01E5C"/>
+    <w:rsid w:val="00A03FAF"/>
     <w:rsid w:val="00A13AAE"/>
     <w:rsid w:val="00A15E4A"/>
     <w:rsid w:val="00A2374E"/>
     <w:rsid w:val="00A30599"/>
     <w:rsid w:val="00A3301D"/>
     <w:rsid w:val="00A60124"/>
     <w:rsid w:val="00A627AC"/>
     <w:rsid w:val="00A73E8A"/>
     <w:rsid w:val="00A76A36"/>
     <w:rsid w:val="00A85C46"/>
     <w:rsid w:val="00AA3F9F"/>
     <w:rsid w:val="00AB05CB"/>
     <w:rsid w:val="00AD7351"/>
     <w:rsid w:val="00AE429F"/>
     <w:rsid w:val="00AE5912"/>
     <w:rsid w:val="00B0090F"/>
     <w:rsid w:val="00B01726"/>
+    <w:rsid w:val="00B028D8"/>
     <w:rsid w:val="00B0333B"/>
     <w:rsid w:val="00B061A8"/>
     <w:rsid w:val="00B115CE"/>
     <w:rsid w:val="00B13EB4"/>
     <w:rsid w:val="00B257F8"/>
     <w:rsid w:val="00B43C79"/>
     <w:rsid w:val="00B66A00"/>
     <w:rsid w:val="00B834B2"/>
     <w:rsid w:val="00B910D8"/>
     <w:rsid w:val="00BA6067"/>
     <w:rsid w:val="00BB3E7D"/>
     <w:rsid w:val="00BC1FC4"/>
     <w:rsid w:val="00BC2602"/>
+    <w:rsid w:val="00BE7E5D"/>
+    <w:rsid w:val="00C01B7E"/>
     <w:rsid w:val="00C12C35"/>
     <w:rsid w:val="00C14313"/>
     <w:rsid w:val="00C16697"/>
     <w:rsid w:val="00C40150"/>
     <w:rsid w:val="00C42D40"/>
     <w:rsid w:val="00C46AA1"/>
+    <w:rsid w:val="00C47D69"/>
     <w:rsid w:val="00C47DE0"/>
     <w:rsid w:val="00C51324"/>
     <w:rsid w:val="00C54338"/>
     <w:rsid w:val="00C805DD"/>
     <w:rsid w:val="00C825EE"/>
     <w:rsid w:val="00C96333"/>
     <w:rsid w:val="00CA2A7F"/>
+    <w:rsid w:val="00CB134A"/>
     <w:rsid w:val="00CD5262"/>
     <w:rsid w:val="00CE0197"/>
     <w:rsid w:val="00CF203F"/>
     <w:rsid w:val="00D01199"/>
     <w:rsid w:val="00D04C8A"/>
     <w:rsid w:val="00D2757F"/>
     <w:rsid w:val="00D5554F"/>
     <w:rsid w:val="00D55628"/>
+    <w:rsid w:val="00D75AF7"/>
     <w:rsid w:val="00D90B87"/>
     <w:rsid w:val="00DA2479"/>
     <w:rsid w:val="00DB0044"/>
     <w:rsid w:val="00DB32D5"/>
     <w:rsid w:val="00DB5773"/>
     <w:rsid w:val="00DE2CBA"/>
     <w:rsid w:val="00DE3952"/>
     <w:rsid w:val="00E051B4"/>
+    <w:rsid w:val="00E051CA"/>
     <w:rsid w:val="00E13754"/>
     <w:rsid w:val="00E2090C"/>
     <w:rsid w:val="00E30098"/>
+    <w:rsid w:val="00E37851"/>
     <w:rsid w:val="00E450F9"/>
     <w:rsid w:val="00E45827"/>
     <w:rsid w:val="00E50D78"/>
     <w:rsid w:val="00E7741D"/>
     <w:rsid w:val="00E81A43"/>
     <w:rsid w:val="00E86B07"/>
     <w:rsid w:val="00E87564"/>
+    <w:rsid w:val="00E92C80"/>
     <w:rsid w:val="00EA075C"/>
     <w:rsid w:val="00EA164E"/>
     <w:rsid w:val="00EA67E1"/>
     <w:rsid w:val="00EC6344"/>
     <w:rsid w:val="00EC6CB3"/>
     <w:rsid w:val="00ED2FBC"/>
     <w:rsid w:val="00ED765F"/>
     <w:rsid w:val="00EE1244"/>
     <w:rsid w:val="00EE586C"/>
     <w:rsid w:val="00EF0E73"/>
     <w:rsid w:val="00EF3A19"/>
     <w:rsid w:val="00EF6265"/>
     <w:rsid w:val="00EF7C64"/>
     <w:rsid w:val="00F30E5A"/>
     <w:rsid w:val="00F34305"/>
+    <w:rsid w:val="00F40724"/>
     <w:rsid w:val="00F42544"/>
     <w:rsid w:val="00F550A1"/>
     <w:rsid w:val="00F577AF"/>
     <w:rsid w:val="00F70443"/>
     <w:rsid w:val="00F851E2"/>
     <w:rsid w:val="00F87E01"/>
     <w:rsid w:val="00FA314E"/>
     <w:rsid w:val="00FA777A"/>
+    <w:rsid w:val="00FB71BD"/>
     <w:rsid w:val="00FC2CAB"/>
     <w:rsid w:val="00FD4977"/>
     <w:rsid w:val="00FD6C38"/>
+    <w:rsid w:val="00FE66F0"/>
     <w:rsid w:val="00FF3481"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57F9B29E"/>
   <w15:docId w15:val="{F8BAB93A-0733-4801-933E-1C1E3AD82631}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="DengXian" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6568,51 +6691,51 @@
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0050023D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="231430570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="419570744">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7021,66 +7144,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>466</Words>
-  <Characters>2659</Characters>
+  <Words>465</Words>
+  <Characters>2654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rotherham Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3119</CharactersWithSpaces>
+  <CharactersWithSpaces>3113</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Melville, Aidan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>