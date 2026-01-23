--- v0 (2025-11-02)
+++ v1 (2026-01-23)
@@ -5,51 +5,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0664FEFA" w14:textId="684FFD0C" w:rsidR="0058036A" w:rsidRPr="00CA2A7F" w:rsidRDefault="003306D5" w:rsidP="00A627AC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Wickersley North</w:t>
       </w:r>
       <w:r w:rsidR="00D72A58">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ward</w:t>
       </w:r>
       <w:r w:rsidR="00891F39" w:rsidRPr="00CA2A7F">
         <w:rPr>
@@ -1975,101 +1975,76 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>accounted for</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66C61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in 2025/26 financial year:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326591F8" w14:textId="4C5E9168" w:rsidR="00E66C61" w:rsidRPr="00E66C61" w:rsidRDefault="00E66C61" w:rsidP="00E66C61">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E66C61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Listerdale</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> school bollards – increasing road safety. </w:t>
+        <w:t xml:space="preserve">Listerdale school bollards – increasing road safety. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE7A8FE" w14:textId="03A9D167" w:rsidR="00E66C61" w:rsidRPr="00E66C61" w:rsidRDefault="00E66C61" w:rsidP="00E66C61">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66C61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Wickersley Library’s “book-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">” project, creating an outdoor reading area for children. </w:t>
+        <w:t xml:space="preserve">Wickersley Library’s “book-nic” project, creating an outdoor reading area for children. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B178F46" w14:textId="30B888D1" w:rsidR="00932DC1" w:rsidRPr="00891F39" w:rsidRDefault="00932DC1" w:rsidP="00932DC1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Ward Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00891F39">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> £</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -2158,90 +2133,110 @@
           <w:p w14:paraId="23DAEB36" w14:textId="77777777" w:rsidR="00932DC1" w:rsidRPr="00CA2A7F" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2A7F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00932DC1" w:rsidRPr="00891F39" w14:paraId="174E0CFC" w14:textId="77777777" w:rsidTr="00921AF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2862EFDE" w14:textId="7691C9D5" w:rsidR="00932DC1" w:rsidRPr="00E66C61" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2862EFDE" w14:textId="52B20F73" w:rsidR="00932DC1" w:rsidRPr="0073155D" w:rsidRDefault="00BA2333" w:rsidP="00921AF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073155D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RMBC Housing - KCM</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7698E68C" w14:textId="44A622EE" w:rsidR="00932DC1" w:rsidRPr="00E66C61" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7698E68C" w14:textId="0746E167" w:rsidR="00932DC1" w:rsidRPr="0073155D" w:rsidRDefault="00BA2333" w:rsidP="00921AF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073155D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Community Skip at Lawrence Close, Flanderwell</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62D16CF6" w14:textId="60F225EF" w:rsidR="00932DC1" w:rsidRPr="00E66C61" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="62D16CF6" w14:textId="5FA7B2E2" w:rsidR="00932DC1" w:rsidRPr="0073155D" w:rsidRDefault="00BA2333" w:rsidP="00921AF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073155D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>505.65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00932DC1" w:rsidRPr="00891F39" w14:paraId="10873B36" w14:textId="77777777" w:rsidTr="00921AF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B90F0E3" w14:textId="77777777" w:rsidR="00932DC1" w:rsidRPr="00CA2A7F" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2A7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2249,189 +2244,161 @@
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42760D8E" w14:textId="77777777" w:rsidR="00932DC1" w:rsidRPr="00CA2A7F" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45F2D94D" w14:textId="33629EB1" w:rsidR="00932DC1" w:rsidRPr="005A55A5" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
+          <w:p w14:paraId="45F2D94D" w14:textId="019ADAD4" w:rsidR="00932DC1" w:rsidRPr="005A55A5" w:rsidRDefault="00932DC1" w:rsidP="00921AF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A55A5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
-            <w:r w:rsidR="007D7E44">
+            <w:r w:rsidR="00BA2333">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>00.00</w:t>
+              <w:t>505.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24F01C04" w14:textId="77777777" w:rsidR="00E66C61" w:rsidRDefault="00E66C61" w:rsidP="00E66C61"/>
-    <w:p w14:paraId="63A55E4C" w14:textId="2BB3F57B" w:rsidR="00E66C61" w:rsidRPr="007D7E44" w:rsidRDefault="00E66C61" w:rsidP="00E66C61">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> in the 2025/26 financial year. </w:t>
+    <w:p w14:paraId="60D15E3D" w14:textId="41653B6B" w:rsidR="00B257F8" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00891F39">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontribution to </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6F5E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ard priorities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D15E3D" w14:textId="41653B6B" w:rsidR="00B257F8" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="312EA4C1" w14:textId="5CF0AD1A" w:rsidR="00B257F8" w:rsidRPr="0009489D" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00891F39">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="0050023D">
+      <w:r w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Many projects and services funded contributed to tackling several of the ward priorities. The table below indicates the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0050023D">
+      <w:r w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>main</w:t>
       </w:r>
-      <w:r w:rsidRPr="0050023D">
+      <w:r w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> priority to which the funding awarded was focused</w:t>
+      </w:r>
+      <w:r w:rsidR="0009489D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4382"/>
         <w:gridCol w:w="1127"/>
         <w:gridCol w:w="1253"/>
@@ -2481,118 +2448,114 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CLF</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72A5D635" w14:textId="2BFD5652" w:rsidR="006F0CAF" w:rsidRPr="00B257F8" w:rsidRDefault="006F0CAF" w:rsidP="00B257F8">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="695" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="51C81022" w14:textId="77777777" w:rsidR="006F0CAF" w:rsidRPr="006F0CAF" w:rsidRDefault="006F0CAF" w:rsidP="006F0CAF">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F0CAF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC6BFF0" w14:textId="30E546A8" w:rsidR="006F0CAF" w:rsidRPr="006F0CAF" w:rsidRDefault="006F0CAF" w:rsidP="006F0CAF">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F0CAF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1FFD041A" w14:textId="77777777" w:rsidR="006F0CAF" w:rsidRPr="006F0CAF" w:rsidRDefault="006F0CAF" w:rsidP="006F0CAF">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F0CAF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>WHB</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62AF7701" w14:textId="4B0FC695" w:rsidR="006F0CAF" w:rsidRPr="006F0CAF" w:rsidRDefault="006F0CAF" w:rsidP="006F0CAF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F0CAF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
@@ -2609,141 +2572,146 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F179EBF" w14:textId="66D45DB7" w:rsidR="006F0CAF" w:rsidRPr="00B257F8" w:rsidRDefault="006F0CAF" w:rsidP="00B257F8">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F0CAF" w:rsidRPr="00891F39" w14:paraId="30950830" w14:textId="77777777" w:rsidTr="00EF1039">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DEB731F" w14:textId="1B111258" w:rsidR="006F0CAF" w:rsidRPr="00BF1BE1" w:rsidRDefault="006F0CAF" w:rsidP="005A55A5">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="252B36"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF1BE1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Improving our streets and green spaces, so the community can access and enjoy them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CAC33AA" w14:textId="6CBBF336" w:rsidR="006F0CAF" w:rsidRPr="00EF1039" w:rsidRDefault="006F0CAF" w:rsidP="00EF1039">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="695" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D3ABE14" w14:textId="636675A4" w:rsidR="006F0CAF" w:rsidRPr="00EF1039" w:rsidRDefault="006F0CAF" w:rsidP="00EF1039">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8667DF" w14:textId="4DBFC350" w:rsidR="00EF1039" w:rsidRPr="00EF1039" w:rsidRDefault="00EF1039" w:rsidP="00EF1039">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2F8667DF" w14:textId="719A71AF" w:rsidR="00EF1039" w:rsidRPr="00EF1039" w:rsidRDefault="00BA2333" w:rsidP="00EF1039">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>505.65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254704EF" w14:textId="45275DE0" w:rsidR="006F0CAF" w:rsidRPr="00EF1039" w:rsidRDefault="007D7E44" w:rsidP="00EF1039">
+          <w:p w14:paraId="254704EF" w14:textId="77D46536" w:rsidR="006F0CAF" w:rsidRPr="00EF1039" w:rsidRDefault="00BA2333" w:rsidP="00EF1039">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>00.00</w:t>
+              <w:t>505.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F0CAF" w:rsidRPr="00891F39" w14:paraId="3CE39119" w14:textId="77777777" w:rsidTr="00EF1039">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70BF57C4" w14:textId="6C9D0EE7" w:rsidR="006F0CAF" w:rsidRPr="00BF1BE1" w:rsidRDefault="006F0CAF" w:rsidP="005A55A5">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="252B36"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF1BE1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Improving community safety by addressing crime and anti-social behaviour</w:t>
@@ -3011,308 +2979,332 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="007D7E44">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>00.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="23847E7E" w14:textId="4F9B7E42" w:rsidR="006F0CAF" w:rsidRPr="009D2BF8" w:rsidRDefault="006F0CAF" w:rsidP="00C9718E">
+          <w:p w14:paraId="23847E7E" w14:textId="5A4EFC64" w:rsidR="006F0CAF" w:rsidRPr="009D2BF8" w:rsidRDefault="006F0CAF" w:rsidP="00C9718E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
-            <w:r w:rsidR="007D7E44">
+            <w:r w:rsidR="00BA2333">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>00.00</w:t>
+              <w:t>505.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07040C4A" w14:textId="55DB9C73" w:rsidR="006F0CAF" w:rsidRPr="009D2BF8" w:rsidRDefault="006F0CAF" w:rsidP="00C9718E">
+          <w:p w14:paraId="07040C4A" w14:textId="7FC1447D" w:rsidR="006F0CAF" w:rsidRPr="009D2BF8" w:rsidRDefault="006F0CAF" w:rsidP="00C9718E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D2BF8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
-            <w:r w:rsidR="007D7E44">
+            <w:r w:rsidR="00BA2333">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>960.51</w:t>
+              <w:t>1466.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1587860A" w14:textId="77777777" w:rsidR="007D7E44" w:rsidRDefault="007D7E44" w:rsidP="007D7E44">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26F91B7A" w14:textId="13DCB7E5" w:rsidR="007D7E44" w:rsidRPr="007D7E44" w:rsidRDefault="007D7E44" w:rsidP="007D7E44">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7E44">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projects that support all ward priorities have been supported in the year 2024/25, but some projects, as outlined above, will be accounted for in 2025/26 financial year. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F65B51" w14:textId="1862F260" w:rsidR="00B257F8" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891F39">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ontribution to Sectors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B4AA08" w14:textId="7B6F31D7" w:rsidR="00B257F8" w:rsidRPr="0050023D" w:rsidRDefault="0084015C" w:rsidP="00B257F8">
+    <w:p w14:paraId="47B4AA08" w14:textId="53C5E61A" w:rsidR="00B257F8" w:rsidRPr="0009489D" w:rsidRDefault="0084015C" w:rsidP="00B257F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="006C3870">
+      <w:r w:rsidR="006C3870" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>icker</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="006C3870">
+      <w:r w:rsidR="006C3870" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ley North</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0050023D">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ward </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B257F8" w:rsidRPr="00B3385E">
+        <w:t xml:space="preserve">Ward Councillors supported </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3385E" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Councillors supported </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3385E">
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257F8" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3385E" w:rsidRPr="00B3385E">
+        <w:t>community organisations</w:t>
+      </w:r>
+      <w:r w:rsidR="00101221" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="00B3385E">
+      <w:r w:rsidR="00B257F8" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>community</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B257F8" w:rsidRPr="004071FC">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5727" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> organisations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101221">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00932DC1" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>4/25</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257F8" w:rsidRPr="0009489D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through their ward budget as well as providing additional services via public sector partners</w:t>
+      </w:r>
+      <w:r w:rsidR="00101221" w:rsidRPr="0009489D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257F8" w:rsidRPr="0009489D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B257F8" w:rsidRPr="0050023D">
+      <w:r w:rsidR="00B3385E" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E5727">
+        <w:t>including Wickersley Library</w:t>
+      </w:r>
+      <w:r w:rsidR="000705EE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00932DC1">
+        <w:t xml:space="preserve"> and using private sector supplier KCM</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7E44" w:rsidRPr="0009489D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:lang w:eastAsia="en-US"/>
-[...33 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441A1661" w14:textId="1AA5A775" w:rsidR="00B257F8" w:rsidRPr="00B257F8" w:rsidRDefault="00B257F8" w:rsidP="00B257F8">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
@@ -3780,80 +3772,88 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="695" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="26CF5FCF" w14:textId="0F943000" w:rsidR="006F0CAF" w:rsidRPr="00CA2A7F" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5975D3D9" w14:textId="204529D7" w:rsidR="006F0CAF" w:rsidRPr="00CA2A7F" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5975D3D9" w14:textId="78320FB6" w:rsidR="006F0CAF" w:rsidRPr="00CA2A7F" w:rsidRDefault="00BA2333" w:rsidP="00E22D26">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>505.65</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9B43EA" w14:textId="73DD25EB" w:rsidR="006F0CAF" w:rsidRPr="00CA2A7F" w:rsidRDefault="007D7E44" w:rsidP="00E22D26">
+          <w:p w14:paraId="7C9B43EA" w14:textId="36D5A650" w:rsidR="006F0CAF" w:rsidRPr="00CA2A7F" w:rsidRDefault="00BA2333" w:rsidP="00E22D26">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>00.00</w:t>
+              <w:t>505.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F0CAF" w:rsidRPr="00891F39" w14:paraId="3F78D10D" w14:textId="77777777" w:rsidTr="006F0CAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CF39A82" w14:textId="77777777" w:rsidR="006F0CAF" w:rsidRPr="00CA2A7F" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2A7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -3929,181 +3929,181 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="007D7E44">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>00.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5D808D6C" w14:textId="64913881" w:rsidR="006F0CAF" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
+          <w:p w14:paraId="5D808D6C" w14:textId="5691D1D1" w:rsidR="006F0CAF" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
-            <w:r w:rsidR="007D7E44">
+            <w:r w:rsidR="00BA2333">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>00.00</w:t>
+              <w:t>505.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECBE765" w14:textId="7AAB1686" w:rsidR="006F0CAF" w:rsidRPr="0099099C" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
+          <w:p w14:paraId="0ECBE765" w14:textId="0E87BA2D" w:rsidR="006F0CAF" w:rsidRPr="0099099C" w:rsidRDefault="006F0CAF" w:rsidP="00E22D26">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
-            <w:r w:rsidR="007D7E44">
+            <w:r w:rsidR="00BA2333">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>960.51</w:t>
+              <w:t>1466.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D3CFBE3" w14:textId="77777777" w:rsidR="00CA2A7F" w:rsidRPr="0050023D" w:rsidRDefault="00CA2A7F" w:rsidP="0050023D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12817FCE" w14:textId="77777777" w:rsidR="0050023D" w:rsidRPr="00891F39" w:rsidRDefault="0050023D" w:rsidP="00891F39">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0050023D" w:rsidRPr="00891F39" w:rsidSect="00233FA2">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="2127" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="754DB63C" w14:textId="77777777" w:rsidR="00607B65" w:rsidRDefault="00607B65" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="79289D6E" w14:textId="77777777" w:rsidR="00607B65" w:rsidRDefault="00607B65" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4128,57 +4128,57 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E8783C0" w14:textId="77777777" w:rsidR="0058036A" w:rsidRDefault="0058036A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61BAAF34" wp14:editId="51E0442B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-923925</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9839325</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7581900" cy="857250"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Picture 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -4205,76 +4205,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7581900" cy="857250"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1E8E9258" w14:textId="77777777" w:rsidR="00607B65" w:rsidRDefault="00607B65" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7B1FA6FE" w14:textId="77777777" w:rsidR="00607B65" w:rsidRDefault="00607B65" w:rsidP="0058036A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="622AF363" w14:textId="77777777" w:rsidR="0058036A" w:rsidRDefault="0058036A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00F032B5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23A3FD24" wp14:editId="6533078C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-440055</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7696458" cy="10887075"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Picture 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -4301,51 +4301,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7696458" cy="10887075"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15B873EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC4E9EC0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5350,271 +5350,280 @@
   <w:num w:numId="3" w16cid:durableId="1863936497">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="441339835">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1632858242">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="304434306">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="87238638">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1064067826">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1898973583">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="57345"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0058036A"/>
     <w:rsid w:val="0000128F"/>
     <w:rsid w:val="000021AF"/>
     <w:rsid w:val="0000221D"/>
     <w:rsid w:val="00003A12"/>
     <w:rsid w:val="00020200"/>
     <w:rsid w:val="000252FF"/>
     <w:rsid w:val="000602A2"/>
+    <w:rsid w:val="000705EE"/>
     <w:rsid w:val="00074053"/>
     <w:rsid w:val="00083565"/>
-    <w:rsid w:val="00083662"/>
     <w:rsid w:val="00085884"/>
+    <w:rsid w:val="0009489D"/>
+    <w:rsid w:val="000A5D3C"/>
     <w:rsid w:val="000D1FA3"/>
     <w:rsid w:val="000E5C03"/>
     <w:rsid w:val="000E630C"/>
     <w:rsid w:val="000F009B"/>
     <w:rsid w:val="00101221"/>
     <w:rsid w:val="00125BD9"/>
     <w:rsid w:val="00130645"/>
     <w:rsid w:val="001459FB"/>
     <w:rsid w:val="001578AB"/>
     <w:rsid w:val="001B39B0"/>
     <w:rsid w:val="00213DF7"/>
+    <w:rsid w:val="00214C4C"/>
     <w:rsid w:val="00233FA2"/>
     <w:rsid w:val="00247B4E"/>
     <w:rsid w:val="002A40B1"/>
     <w:rsid w:val="002C028D"/>
     <w:rsid w:val="00303ECB"/>
+    <w:rsid w:val="0030482B"/>
     <w:rsid w:val="00313623"/>
     <w:rsid w:val="003306D5"/>
     <w:rsid w:val="00354B42"/>
     <w:rsid w:val="00357EFA"/>
     <w:rsid w:val="00362334"/>
     <w:rsid w:val="00362CA4"/>
     <w:rsid w:val="00385DBF"/>
     <w:rsid w:val="00392516"/>
     <w:rsid w:val="003A41C3"/>
     <w:rsid w:val="003A485D"/>
     <w:rsid w:val="003A656F"/>
     <w:rsid w:val="003C09F7"/>
     <w:rsid w:val="003D2A6C"/>
+    <w:rsid w:val="003F7FE1"/>
+    <w:rsid w:val="00405512"/>
     <w:rsid w:val="004071FC"/>
     <w:rsid w:val="00432A31"/>
     <w:rsid w:val="00451791"/>
     <w:rsid w:val="004544C5"/>
     <w:rsid w:val="004545CF"/>
     <w:rsid w:val="00464CA7"/>
     <w:rsid w:val="004732EB"/>
     <w:rsid w:val="00494C88"/>
     <w:rsid w:val="0050023D"/>
     <w:rsid w:val="00543F64"/>
     <w:rsid w:val="0056606D"/>
     <w:rsid w:val="00571FD8"/>
     <w:rsid w:val="0058036A"/>
-    <w:rsid w:val="00582897"/>
     <w:rsid w:val="005A55A5"/>
     <w:rsid w:val="005C2DB1"/>
+    <w:rsid w:val="005D1E1B"/>
     <w:rsid w:val="005E5727"/>
     <w:rsid w:val="00607B65"/>
+    <w:rsid w:val="00636447"/>
     <w:rsid w:val="006737A7"/>
     <w:rsid w:val="00676AB8"/>
     <w:rsid w:val="006A1F0A"/>
     <w:rsid w:val="006C3870"/>
     <w:rsid w:val="006D1178"/>
     <w:rsid w:val="006D39FB"/>
     <w:rsid w:val="006E35CA"/>
     <w:rsid w:val="006E51EF"/>
     <w:rsid w:val="006F0CAF"/>
     <w:rsid w:val="0070676D"/>
+    <w:rsid w:val="0073155D"/>
     <w:rsid w:val="00763233"/>
-    <w:rsid w:val="007679F0"/>
-    <w:rsid w:val="00773604"/>
     <w:rsid w:val="00785B1C"/>
     <w:rsid w:val="007968AB"/>
+    <w:rsid w:val="007A0B27"/>
     <w:rsid w:val="007C5674"/>
     <w:rsid w:val="007D7E44"/>
     <w:rsid w:val="0080727B"/>
     <w:rsid w:val="00812826"/>
     <w:rsid w:val="008273F1"/>
+    <w:rsid w:val="00833CD2"/>
     <w:rsid w:val="0084015C"/>
     <w:rsid w:val="008431DC"/>
     <w:rsid w:val="008762B1"/>
     <w:rsid w:val="00891F39"/>
     <w:rsid w:val="008A6372"/>
     <w:rsid w:val="008A69BC"/>
+    <w:rsid w:val="008B4BA4"/>
     <w:rsid w:val="008B5308"/>
     <w:rsid w:val="008C395B"/>
     <w:rsid w:val="008D5FD8"/>
     <w:rsid w:val="008D6F5E"/>
     <w:rsid w:val="008F1723"/>
     <w:rsid w:val="00932DC1"/>
+    <w:rsid w:val="0094275B"/>
     <w:rsid w:val="0099099C"/>
     <w:rsid w:val="009A67F2"/>
     <w:rsid w:val="009A6A9D"/>
     <w:rsid w:val="009C008F"/>
     <w:rsid w:val="009D2BF8"/>
     <w:rsid w:val="009D3CC7"/>
     <w:rsid w:val="00A234C9"/>
     <w:rsid w:val="00A4605F"/>
     <w:rsid w:val="00A627AC"/>
     <w:rsid w:val="00A633B4"/>
-    <w:rsid w:val="00A718D3"/>
     <w:rsid w:val="00A832A9"/>
     <w:rsid w:val="00AA09DD"/>
     <w:rsid w:val="00AC36FB"/>
     <w:rsid w:val="00B0333B"/>
     <w:rsid w:val="00B07092"/>
     <w:rsid w:val="00B20741"/>
     <w:rsid w:val="00B257F8"/>
     <w:rsid w:val="00B3385E"/>
     <w:rsid w:val="00B60E9A"/>
+    <w:rsid w:val="00BA2333"/>
     <w:rsid w:val="00BC5904"/>
     <w:rsid w:val="00BD2DBB"/>
     <w:rsid w:val="00BF1BE1"/>
     <w:rsid w:val="00BF586C"/>
     <w:rsid w:val="00BF7A72"/>
     <w:rsid w:val="00C14313"/>
     <w:rsid w:val="00C16697"/>
     <w:rsid w:val="00C209DB"/>
     <w:rsid w:val="00C258E4"/>
     <w:rsid w:val="00C42D40"/>
     <w:rsid w:val="00C7245F"/>
     <w:rsid w:val="00C81AE5"/>
     <w:rsid w:val="00C85F2A"/>
     <w:rsid w:val="00C9718E"/>
     <w:rsid w:val="00CA2A7F"/>
     <w:rsid w:val="00CC3AB6"/>
     <w:rsid w:val="00CE0520"/>
     <w:rsid w:val="00CE2657"/>
     <w:rsid w:val="00CE4425"/>
     <w:rsid w:val="00CE61CC"/>
     <w:rsid w:val="00D00551"/>
     <w:rsid w:val="00D117E5"/>
     <w:rsid w:val="00D12F55"/>
     <w:rsid w:val="00D428A7"/>
     <w:rsid w:val="00D653D9"/>
     <w:rsid w:val="00D72A58"/>
     <w:rsid w:val="00DA7834"/>
     <w:rsid w:val="00DB4530"/>
     <w:rsid w:val="00DB56FA"/>
     <w:rsid w:val="00DE3952"/>
     <w:rsid w:val="00DF3AAB"/>
     <w:rsid w:val="00DF4486"/>
     <w:rsid w:val="00E254F1"/>
     <w:rsid w:val="00E261EE"/>
     <w:rsid w:val="00E50D78"/>
     <w:rsid w:val="00E516FE"/>
     <w:rsid w:val="00E646CF"/>
     <w:rsid w:val="00E66C61"/>
     <w:rsid w:val="00EC4D75"/>
     <w:rsid w:val="00EC7C1A"/>
     <w:rsid w:val="00ED7D6E"/>
     <w:rsid w:val="00EF1039"/>
-    <w:rsid w:val="00F063A4"/>
     <w:rsid w:val="00F142F7"/>
     <w:rsid w:val="00F26F54"/>
     <w:rsid w:val="00F32F8B"/>
     <w:rsid w:val="00F45C31"/>
     <w:rsid w:val="00F56C68"/>
+    <w:rsid w:val="00F745FA"/>
     <w:rsid w:val="00FA2856"/>
     <w:rsid w:val="00FB48F0"/>
     <w:rsid w:val="00FB75BB"/>
     <w:rsid w:val="00FF694A"/>
     <w:rsid w:val="00FF7A2F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="57345"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57F9B29E"/>
   <w15:docId w15:val="{F8BAB93A-0733-4801-933E-1C1E3AD82631}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="DengXian" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6383,51 +6392,51 @@
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0050023D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="237986930">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="898174222">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6823,69 +6832,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A000E03C-9B42-47C8-92D3-EFF1E4B14AAC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>416</Words>
-  <Characters>2377</Characters>
+  <Words>388</Words>
+  <Characters>2397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>132</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rotherham Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2788</CharactersWithSpaces>
+  <CharactersWithSpaces>2653</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Melville, Aidan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>