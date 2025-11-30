--- v0 (2025-10-18)
+++ v1 (2025-11-30)
@@ -56,168 +56,131 @@
           <w:szCs w:val="100"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="043C2DC4" w14:textId="3A8A2C56" w:rsidR="004F476E" w:rsidRPr="00582621" w:rsidRDefault="004536CA" w:rsidP="00582621">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="59809B"/>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc185940918"/>
       <w:r w:rsidRPr="00582621">
         <w:rPr>
           <w:color w:val="59809B"/>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
         <w:t>Housing Allocation Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="668B8ECB" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="00C422FB">
-      <w:pPr>
+    <w:p w14:paraId="1E803AC7" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA"/>
+    <w:p w14:paraId="2CFCB0B0" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA"/>
+    <w:p w14:paraId="5213B8D5" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="640BD4F4" w14:textId="68A7D9BD" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
+    <w:p w14:paraId="668B8ECB" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B64BF43" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
+    <w:p w14:paraId="640BD4F4" w14:textId="68A7D9BD" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="4B64BF43" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6DA6F261" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E80A6D5" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C9EFE2F" w14:textId="77777777" w:rsidR="004536CA" w:rsidRDefault="004536CA" w:rsidP="004536CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="797BDCE1" w14:textId="588D37B5" w:rsidR="004536CA" w:rsidRPr="00582621" w:rsidRDefault="004536CA" w:rsidP="004536CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="59809B"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00582621">
         <w:rPr>
           <w:color w:val="59809B"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>A Housing Options Approach for Rotherham</w:t>
-      </w:r>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> December 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B46DEE" w14:textId="77777777" w:rsidR="00C807A8" w:rsidRDefault="00C807A8"/>
     <w:p w14:paraId="0BEA0002" w14:textId="77777777" w:rsidR="00C807A8" w:rsidRDefault="00C807A8"/>
     <w:p w14:paraId="782EAC14" w14:textId="2EB6EE84" w:rsidR="00C807A8" w:rsidRDefault="00C807A8" w:rsidP="00651B16">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
@@ -299,51 +262,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="058DF4E0" w14:textId="57650C91" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="058DF4E0" w14:textId="57650C91" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940919" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 1. Introduction</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -373,51 +336,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31F7F298" w14:textId="48CBEF1E" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="31F7F298" w14:textId="48CBEF1E" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940920" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -467,51 +430,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1022740F" w14:textId="75512E7A" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1022740F" w14:textId="75512E7A" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940921" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -561,51 +524,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="14CB17D4" w14:textId="12AD4ADF" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="14CB17D4" w14:textId="12AD4ADF" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940922" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.3 Making changes to the Policy</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -635,51 +598,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E5DD238" w14:textId="6D6C1C07" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="4E5DD238" w14:textId="6D6C1C07" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940923" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.4 Legal framework</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -709,51 +672,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00567CA6" w14:textId="52B71CC6" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="00567CA6" w14:textId="52B71CC6" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940924" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.5 Equalities</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -783,51 +746,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10F898AA" w14:textId="39AD5748" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="10F898AA" w14:textId="39AD5748" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940925" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.6 Data protection and information sharing</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -857,51 +820,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2C05799E" w14:textId="114DADA4" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="2C05799E" w14:textId="114DADA4" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940926" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.7 Statement of choice</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -931,51 +894,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="69176BA8" w14:textId="602EF6B5" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="69176BA8" w14:textId="602EF6B5" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940927" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 2. Eligibility</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1005,51 +968,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="428A0677" w14:textId="053C2147" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="428A0677" w14:textId="053C2147" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940928" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1 The eligibility rules</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1079,51 +1042,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4426D56D" w14:textId="63EAE962" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="4426D56D" w14:textId="63EAE962" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940929" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 3. Qualification</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1153,51 +1116,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="20D69A68" w14:textId="33AE5126" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="20D69A68" w14:textId="33AE5126" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940930" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1 Residential connection</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1227,51 +1190,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63EE3928" w14:textId="3C2062E4" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="63EE3928" w14:textId="3C2062E4" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940931" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2 Applicants who are exempt from the residency test</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1301,51 +1264,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4513A845" w14:textId="694ABAB2" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="4513A845" w14:textId="694ABAB2" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940932" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3 Who does not qualify?</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1375,51 +1338,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E2B38C2" w14:textId="2B3FCB46" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1E2B38C2" w14:textId="2B3FCB46" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940933" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.4 The rent policy</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1449,51 +1412,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B2D2E35" w14:textId="61CCAF9B" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="7B2D2E35" w14:textId="61CCAF9B" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940934" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.5 The Rent policy for current Rotherham Council tenants</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1523,51 +1486,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F52AF41" w14:textId="4DDD4060" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="0F52AF41" w14:textId="4DDD4060" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940935" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.6 Safeguarding vulnerable adults in housing need</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1597,51 +1560,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7219F7CC" w14:textId="4E6CF1CB" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="7219F7CC" w14:textId="4E6CF1CB" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940936" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.7 Arrangements for 16 - 17-year-olds</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1671,51 +1634,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="69444D3C" w14:textId="64835CC7" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="69444D3C" w14:textId="64835CC7" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940937" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.8 Armed Forces Covenant</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1745,51 +1708,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C53E803" w14:textId="1ED1572A" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="7C53E803" w14:textId="1ED1572A" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940938" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 4. Application and assessments</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1819,51 +1782,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="39F8A68A" w14:textId="7FFB4C53" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="39F8A68A" w14:textId="7FFB4C53" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940939" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1 How to apply</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1893,51 +1856,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1319C1E5" w14:textId="20D3D63F" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1319C1E5" w14:textId="20D3D63F" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940940" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2 Verification</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -1967,51 +1930,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E3025C9" w14:textId="564BAB1F" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="5E3025C9" w14:textId="564BAB1F" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940941" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3 Providing false information and tenancy fraud</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2041,51 +2004,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="782687AD" w14:textId="56B43636" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="782687AD" w14:textId="56B43636" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940942" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4 Effective date and changes in circumstances</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2115,51 +2078,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="792FFB1E" w14:textId="7C0D1C4E" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="792FFB1E" w14:textId="7C0D1C4E" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940943" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.5 Household type and property size allowed</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2189,51 +2152,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40C1B718" w14:textId="0B35EDC3" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="40C1B718" w14:textId="0B35EDC3" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940944" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.6 Housing for those with an assessed need</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2263,51 +2226,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6299DDAC" w14:textId="740D32B7" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="6299DDAC" w14:textId="740D32B7" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940945" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.7 Assessment of need and reasonable preference</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2337,51 +2300,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43D9F40A" w14:textId="59DC1778" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="43D9F40A" w14:textId="59DC1778" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940946" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.8 Medical assessments</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2411,51 +2374,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B73F455" w14:textId="1E5DEB03" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1B73F455" w14:textId="1E5DEB03" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940947" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.9 Homeless households</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2485,51 +2448,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A712C68" w14:textId="6C78F785" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="4A712C68" w14:textId="6C78F785" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940948" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.10 Deliberate worsening of circumstances</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2559,51 +2522,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72C16F37" w14:textId="450E4C2F" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="72C16F37" w14:textId="450E4C2F" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940949" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.11 Offers</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2633,51 +2596,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="01D47E3B" w14:textId="36050A16" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="01D47E3B" w14:textId="36050A16" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940950" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.12 Cancelled applications and failure to bid</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2707,51 +2670,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FFB4A9D" w14:textId="654428A2" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="4FFB4A9D" w14:textId="654428A2" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940951" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 5. How the banding system works</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2781,51 +2744,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="766A572E" w14:textId="485FF73D" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="766A572E" w14:textId="485FF73D" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940952" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1 Housing register of need</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2855,51 +2818,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="689F7100" w14:textId="000E011F" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="689F7100" w14:textId="000E011F" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940953" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.2 Bands One, Two and Three</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -2929,51 +2892,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47BEFF6A" w14:textId="5201481B" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="47BEFF6A" w14:textId="5201481B" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940954" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>5.3 Band Two - Housing need categories</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3004,51 +2967,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05596D5D" w14:textId="1A1625EA" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="05596D5D" w14:textId="1A1625EA" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940955" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>5.4 Band Three – Housing Need Categories</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3079,51 +3042,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="52C532D2" w14:textId="6E2BBCEB" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="52C532D2" w14:textId="6E2BBCEB" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940956" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>5.5 Band Four – Applicants not in Housing Need</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3154,51 +3117,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="723B784E" w14:textId="1A570D27" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="723B784E" w14:textId="1A570D27" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940957" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Part 6. Allocation and lettings</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3229,51 +3192,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E833641" w14:textId="6BD1B0B8" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="6E833641" w14:textId="6BD1B0B8" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940958" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
@@ -3325,51 +3288,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3AC54770" w14:textId="06B8F262" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="3AC54770" w14:textId="06B8F262" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940959" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
@@ -3421,51 +3384,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D5255DA" w14:textId="3AD59B5E" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="3D5255DA" w14:textId="3AD59B5E" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940960" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
@@ -3517,51 +3480,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1AB44E96" w14:textId="1D7E655E" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1AB44E96" w14:textId="1D7E655E" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940961" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">6.5 </w:t>
             </w:r>
@@ -3600,51 +3563,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1237816C" w14:textId="1DADFDC2" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1237816C" w14:textId="1DADFDC2" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940962" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.6 Auto-bid</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3675,51 +3638,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="766CD729" w14:textId="2B7857AC" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="766CD729" w14:textId="2B7857AC" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940963" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.7 Viewing and accepting an offer of accommodation</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3750,51 +3713,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4887324F" w14:textId="61CC98FF" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="4887324F" w14:textId="61CC98FF" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940964" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.8 Refusing an offer of accommodation</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3825,51 +3788,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05A1E8A1" w14:textId="0AB17E79" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="05A1E8A1" w14:textId="0AB17E79" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940965" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.9 Type of tenancy that will be offered</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3900,51 +3863,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F66197E" w14:textId="4A4EFD3B" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="2F66197E" w14:textId="4A4EFD3B" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940966" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.10 Local Lettings Policies</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -3975,51 +3938,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7AECC8AB" w14:textId="55F45293" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="7AECC8AB" w14:textId="55F45293" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940967" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6.11 The right not to offer</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
@@ -4050,51 +4013,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="68DB366A" w14:textId="2F64D345" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="68DB366A" w14:textId="2F64D345" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940968" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 7. Furnished Homes</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4124,51 +4087,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CC368BC" w14:textId="61E7247F" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="3CC368BC" w14:textId="61E7247F" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940969" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 8. Right of review</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4198,51 +4161,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F95C12D" w14:textId="2E954985" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="2F95C12D" w14:textId="2E954985" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940970" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8.1 The review process</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4272,51 +4235,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F209CC3" w14:textId="1822C1D1" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1F209CC3" w14:textId="1822C1D1" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940971" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8.2 The role of the Housing Assessment Panel</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4346,51 +4309,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="412AAE45" w14:textId="0263186F" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="412AAE45" w14:textId="0263186F" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940972" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 9. Other housing options</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4420,51 +4383,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D6C6735" w14:textId="5485F23A" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="1D6C6735" w14:textId="5485F23A" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940973" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.1 Nominations to housing associations properties</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4494,51 +4457,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="62C0236F" w14:textId="7B4DCFF6" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="62C0236F" w14:textId="7B4DCFF6" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940974" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.2 Mutual exchanges</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4568,51 +4531,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="001C4899" w14:textId="1D6F9FE3" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="001C4899" w14:textId="1D6F9FE3" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940975" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.3 Assigning or succeeding to a Council tenancy</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4642,51 +4605,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5819BEF1" w14:textId="57752C17" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="5819BEF1" w14:textId="57752C17" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940976" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.4 Right to Buy</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4716,51 +4679,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6EBF0794" w14:textId="14405003" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="6EBF0794" w14:textId="14405003" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940977" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.5 Shared Ownership</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4790,51 +4753,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3192B3CD" w14:textId="4FF3260E" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="3192B3CD" w14:textId="4FF3260E" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940978" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.6 Extra Care Housing</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4864,51 +4827,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="64087CD6" w14:textId="6A5706DF" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="64087CD6" w14:textId="6A5706DF" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940979" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.7 Landlords and letting agents</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -4938,51 +4901,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34AA14E1" w14:textId="048F2188" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="34AA14E1" w14:textId="048F2188" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940980" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 10. Monitoring and review</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -5012,51 +4975,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7BEFCE3B" w14:textId="119ED7B4" w:rsidR="00B045F5" w:rsidRDefault="00AE6C02">
+        <w:p w14:paraId="7BEFCE3B" w14:textId="119ED7B4" w:rsidR="00B045F5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc185940981" w:history="1">
             <w:r w:rsidR="00B045F5" w:rsidRPr="00CB68DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Part 11. Complaints</w:t>
             </w:r>
             <w:r w:rsidR="00B045F5">
               <w:rPr>
@@ -30029,51 +29992,58 @@
       <w:r w:rsidR="00C575A7" w:rsidRPr="004514F4">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Strategic Director responsible for</w:t>
       </w:r>
       <w:r w:rsidR="00C575A7" w:rsidRPr="00C575A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Housing </w:t>
       </w:r>
       <w:r w:rsidR="00C575A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>and in</w:t>
       </w:r>
       <w:r w:rsidR="00C575A7" w:rsidRPr="00C575A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> consultation with the Cabinet Member for Housing </w:t>
+        <w:t xml:space="preserve"> consultation with the Cabinet Member for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C575A7" w:rsidRPr="00C575A7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Housing </w:t>
       </w:r>
       <w:r w:rsidR="00C575A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">have delegated powers </w:t>
       </w:r>
       <w:r w:rsidR="00C575A7" w:rsidRPr="00C575A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00C575A7" w:rsidRPr="004514F4">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>introduce local lettings polices to specific allocation criteria to meet the needs of a local area, this includes new build schemes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78784A7D" w14:textId="77777777" w:rsidR="00C575A7" w:rsidRDefault="00C575A7" w:rsidP="002859D6">
       <w:pPr>
@@ -30968,50 +30938,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="39BB0D6D" w14:textId="35C572BC" w:rsidR="00123F86" w:rsidRPr="00123F86" w:rsidRDefault="00123F86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00123F86">
         <w:t xml:space="preserve">Requests a property that is too small for their family circumstances, and this would lead to an unacceptable overcrowding or cramped living conditions of the property including non-statutory overcrowding as per the Allocation Policy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67535770" w14:textId="6808A354" w:rsidR="00123F86" w:rsidRPr="00123F86" w:rsidRDefault="00123F86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00123F86">
+        <w:lastRenderedPageBreak/>
         <w:t>Has specific needs for disability adaptations and the property does not meet these requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E7834BC" w14:textId="06D49F5A" w:rsidR="00123F86" w:rsidRPr="00123F86" w:rsidRDefault="00123F86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00123F86">
         <w:t>Where</w:t>
       </w:r>
       <w:r w:rsidR="00D27922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00123F86">
         <w:t xml:space="preserve">the applicant or members of the household have been involved in anti-social or criminal behaviour in the last </w:t>
       </w:r>
       <w:r w:rsidR="00037EFC">
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00037EFC" w:rsidRPr="00123F86">
@@ -31330,50 +31301,51 @@
         <w:t xml:space="preserve">housing benefit </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or Universal Credit, some or all the furnished charge may be covered and will require the applicant to update DWP when signing the tenancy agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064A0CCE" w14:textId="77777777" w:rsidR="00033C92" w:rsidRDefault="00033C92" w:rsidP="00033C92">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D9E265" w14:textId="77777777" w:rsidR="00033C92" w:rsidRDefault="00033C92" w:rsidP="00033C92">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The charge includes any repairs, maintenance, and replacements to all flooring and furnished items caused by natural wear and tear. Any damages caused by misuse or accidental could result in recharges being raised.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ECF394B" w14:textId="77777777" w:rsidR="00033C92" w:rsidRDefault="00033C92" w:rsidP="00033C92">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ED5F512" w14:textId="4EFBBF09" w:rsidR="00033C92" w:rsidRDefault="00033C92" w:rsidP="00033C92">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If an applicant’s financial circumstances </w:t>
       </w:r>
       <w:r w:rsidR="005F294E">
         <w:t>change,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> there are options to</w:t>
       </w:r>
       <w:r w:rsidR="005F294E">
         <w:t xml:space="preserve"> review by upgrading or downgrading the size of the package</w:t>
       </w:r>
       <w:r w:rsidR="007B2E53">
@@ -31676,50 +31648,51 @@
         <w:t xml:space="preserve">in a way </w:t>
       </w:r>
       <w:r w:rsidR="008827A0">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="008827A0" w:rsidRPr="00B1393B">
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1393B">
         <w:t xml:space="preserve"> made their circumstances worse</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246C5034" w14:textId="1B3D5D2E" w:rsidR="00B1393B" w:rsidRPr="00B1393B" w:rsidRDefault="00B1393B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B1393B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">where applicants have been suspended or excluded unfairly in the </w:t>
       </w:r>
       <w:r w:rsidR="00EA733F">
         <w:t>applicants’</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1393B">
         <w:t xml:space="preserve"> view</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4DA345" w14:textId="5E15BD95" w:rsidR="00B1393B" w:rsidRPr="00B1393B" w:rsidRDefault="00B1393B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B1393B">
         <w:t xml:space="preserve">offers of property made; if an applicant believes that a property has not been allocated according to the </w:t>
       </w:r>
       <w:r w:rsidR="00037EFC">
@@ -32033,51 +32006,58 @@
         </w:rPr>
         <w:t>Housing Advice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Assessment</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD15E4">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Manager</w:t>
       </w:r>
       <w:r w:rsidR="007B2E53">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00484983">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>The Assistant Director of Housing can also delegate this function to another Head of Service</w:t>
+        <w:t xml:space="preserve">The Assistant Director of </w:t>
+      </w:r>
+      <w:r w:rsidR="00484983">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Housing can also delegate this function to another Head of Service</w:t>
       </w:r>
       <w:r w:rsidR="007B2E53">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD15E4">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FD15E4">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>making a decision</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006A0604">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -32838,50 +32818,51 @@
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01203A4B" w14:textId="77777777" w:rsidR="005733D9" w:rsidRPr="00A07C45" w:rsidRDefault="005733D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The property has been substantially adapted for occupation by a physically disabled person, and if the assignment went ahead a physically disabled person would not be living there.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6900EC" w14:textId="77777777" w:rsidR="005733D9" w:rsidRPr="00A07C45" w:rsidRDefault="005733D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The landlord lets properties to people in difficult circumstances (other than merely financial circumstances) and the proposed assignee would not fulfil these criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="735547FB" w14:textId="36566754" w:rsidR="005733D9" w:rsidRPr="00A07C45" w:rsidRDefault="005733D9">
       <w:pPr>
@@ -33965,51 +33946,58 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5110E388" w14:textId="77777777" w:rsidR="00855482" w:rsidRDefault="00855482" w:rsidP="00855482">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64F2CA6D" w14:textId="77777777" w:rsidR="00855482" w:rsidRPr="00FD4920" w:rsidRDefault="00855482" w:rsidP="00530317">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD4920">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>This Allocation Policy will be reviewed on a regular basis to ensure that it meets its stated objectives, complies with existing and proposed legislation and guidance, and does not operate in a manner that disadvantages, or discriminates against, any particular group.</w:t>
+        <w:t xml:space="preserve">This Allocation Policy will be reviewed on a regular basis to ensure that it meets its stated objectives, complies with existing and proposed legislation and guidance, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4920">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>does not operate in a manner that disadvantages, or discriminates against, any particular group.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F28B38A" w14:textId="77777777" w:rsidR="00855482" w:rsidRDefault="00855482" w:rsidP="00855482">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05B0ACBB" w14:textId="44BBD1FB" w:rsidR="00266C17" w:rsidRDefault="00266C17" w:rsidP="009913B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="59809B"/>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="_Toc185940981"/>
       <w:r w:rsidRPr="00266C17">
         <w:t>Part 11</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00266C17">
         <w:t xml:space="preserve"> Complaints</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
@@ -34096,61 +34084,61 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00266C17" w:rsidRPr="00266C17" w:rsidSect="00B21C9A">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1677" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73CC3EDF" w14:textId="77777777" w:rsidR="00F57DDD" w:rsidRDefault="00F57DDD" w:rsidP="00B21C9A">
+    <w:p w14:paraId="66C23B0D" w14:textId="77777777" w:rsidR="0008231B" w:rsidRDefault="0008231B" w:rsidP="00B21C9A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52EE7FA5" w14:textId="77777777" w:rsidR="00F57DDD" w:rsidRDefault="00F57DDD" w:rsidP="00B21C9A">
+    <w:p w14:paraId="3C1606C2" w14:textId="77777777" w:rsidR="0008231B" w:rsidRDefault="0008231B" w:rsidP="00B21C9A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -34268,237 +34256,129 @@
   </w:sdt>
   <w:p w14:paraId="2A0AB9D4" w14:textId="77777777" w:rsidR="009A49FF" w:rsidRDefault="009A49FF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-726220907"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="2DE6640F" w14:textId="0DAF43D7" w:rsidR="006A0E2A" w:rsidRDefault="00AE6C02">
+      <w:p w14:paraId="2DE6640F" w14:textId="0DAF43D7" w:rsidR="006A0E2A" w:rsidRDefault="00000000">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="25A45D9A" w14:textId="77777777" w:rsidR="00746DC1" w:rsidRDefault="00746DC1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63CF28A2" w14:textId="77777777" w:rsidR="00F57DDD" w:rsidRDefault="00F57DDD" w:rsidP="00B21C9A">
+    <w:p w14:paraId="69F62081" w14:textId="77777777" w:rsidR="0008231B" w:rsidRDefault="0008231B" w:rsidP="00B21C9A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="217295E3" w14:textId="77777777" w:rsidR="00F57DDD" w:rsidRDefault="00F57DDD" w:rsidP="00B21C9A">
+    <w:p w14:paraId="07883EAA" w14:textId="77777777" w:rsidR="0008231B" w:rsidRDefault="0008231B" w:rsidP="00B21C9A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="42ACFD27" w14:textId="348750EB" w:rsidR="00746DC1" w:rsidRDefault="00AE6C02">
+  <w:p w14:paraId="42ACFD27" w14:textId="1429CCE2" w:rsidR="00746DC1" w:rsidRDefault="00746DC1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r>
-[...34 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4BC1EC85" w14:textId="29C72463" w:rsidR="00B21C9A" w:rsidRDefault="00AE6C02">
+  <w:p w14:paraId="4BC1EC85" w14:textId="22A5C495" w:rsidR="00B21C9A" w:rsidRDefault="00B21C9A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r>
-[...34 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="699B7DEF" w14:textId="77777777" w:rsidR="00B21C9A" w:rsidRDefault="00B21C9A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0D3B2EF1" w14:textId="77777777" w:rsidR="00B21C9A" w:rsidRDefault="00B21C9A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="20B00F8E" w14:textId="03C5E447" w:rsidR="00B21C9A" w:rsidRDefault="00AE6C02" w:rsidP="00B21C9A">
+  <w:p w14:paraId="20B00F8E" w14:textId="6475BEE9" w:rsidR="00B21C9A" w:rsidRDefault="00B21C9A" w:rsidP="00B21C9A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:hanging="1418"/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...34 lines deleted...]
-    <w:r w:rsidR="00B21C9A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78712354" wp14:editId="27654C12">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-946206</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7625301" cy="10784354"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="RMBC Letterhead 2019.jpg"/>
@@ -43263,93 +43143,91 @@
   </w:num>
   <w:num w:numId="72" w16cid:durableId="940379218">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="73" w16cid:durableId="852888250">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="74" w16cid:durableId="1358460297">
     <w:abstractNumId w:val="63"/>
   </w:num>
   <w:num w:numId="75" w16cid:durableId="506795371">
     <w:abstractNumId w:val="50"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="75"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B21C9A"/>
     <w:rsid w:val="00003CFA"/>
     <w:rsid w:val="00006065"/>
     <w:rsid w:val="00006B98"/>
     <w:rsid w:val="0000737B"/>
     <w:rsid w:val="00013FC4"/>
     <w:rsid w:val="00015CF1"/>
     <w:rsid w:val="0002068B"/>
     <w:rsid w:val="0002068C"/>
     <w:rsid w:val="00020BBC"/>
     <w:rsid w:val="00023AFF"/>
     <w:rsid w:val="00025435"/>
     <w:rsid w:val="0003314A"/>
     <w:rsid w:val="00033C92"/>
     <w:rsid w:val="0003682A"/>
     <w:rsid w:val="00037EFC"/>
     <w:rsid w:val="0004553C"/>
     <w:rsid w:val="00047A09"/>
     <w:rsid w:val="00051209"/>
     <w:rsid w:val="00053716"/>
     <w:rsid w:val="00070F65"/>
     <w:rsid w:val="00074FE9"/>
+    <w:rsid w:val="0008231B"/>
     <w:rsid w:val="00082DE4"/>
     <w:rsid w:val="00084113"/>
     <w:rsid w:val="000863ED"/>
     <w:rsid w:val="00087FA6"/>
     <w:rsid w:val="00093EC0"/>
     <w:rsid w:val="000A1744"/>
     <w:rsid w:val="000A4A49"/>
     <w:rsid w:val="000A6C56"/>
     <w:rsid w:val="000B0455"/>
     <w:rsid w:val="000B0569"/>
     <w:rsid w:val="000B062D"/>
     <w:rsid w:val="000D4DFF"/>
     <w:rsid w:val="000D57D9"/>
     <w:rsid w:val="000D58B1"/>
     <w:rsid w:val="000E383F"/>
     <w:rsid w:val="000E485F"/>
     <w:rsid w:val="000E4D74"/>
     <w:rsid w:val="000E5BB8"/>
     <w:rsid w:val="00106542"/>
     <w:rsid w:val="00123F86"/>
     <w:rsid w:val="00125399"/>
     <w:rsid w:val="00125C9C"/>
     <w:rsid w:val="00130F1B"/>
     <w:rsid w:val="0013432F"/>
     <w:rsid w:val="00137E9A"/>
@@ -43456,50 +43334,51 @@
     <w:rsid w:val="00431C9A"/>
     <w:rsid w:val="00433889"/>
     <w:rsid w:val="004352DC"/>
     <w:rsid w:val="00436048"/>
     <w:rsid w:val="0044077C"/>
     <w:rsid w:val="004421E9"/>
     <w:rsid w:val="00447601"/>
     <w:rsid w:val="004514F4"/>
     <w:rsid w:val="00451D24"/>
     <w:rsid w:val="004536CA"/>
     <w:rsid w:val="00453C65"/>
     <w:rsid w:val="00453E58"/>
     <w:rsid w:val="004711D3"/>
     <w:rsid w:val="00471E7E"/>
     <w:rsid w:val="004739D3"/>
     <w:rsid w:val="00475B54"/>
     <w:rsid w:val="00477268"/>
     <w:rsid w:val="00484983"/>
     <w:rsid w:val="00484C0F"/>
     <w:rsid w:val="00485FE0"/>
     <w:rsid w:val="00486808"/>
     <w:rsid w:val="00490A1F"/>
     <w:rsid w:val="00490DBD"/>
     <w:rsid w:val="004A23B3"/>
     <w:rsid w:val="004A5A48"/>
+    <w:rsid w:val="004B39AE"/>
     <w:rsid w:val="004B6617"/>
     <w:rsid w:val="004C401B"/>
     <w:rsid w:val="004D00B3"/>
     <w:rsid w:val="004D275E"/>
     <w:rsid w:val="004E16AD"/>
     <w:rsid w:val="004E3358"/>
     <w:rsid w:val="004F476E"/>
     <w:rsid w:val="004F7336"/>
     <w:rsid w:val="005076BF"/>
     <w:rsid w:val="00513BDC"/>
     <w:rsid w:val="00513C00"/>
     <w:rsid w:val="00530317"/>
     <w:rsid w:val="00533812"/>
     <w:rsid w:val="005354B1"/>
     <w:rsid w:val="00536997"/>
     <w:rsid w:val="00537D23"/>
     <w:rsid w:val="0054212D"/>
     <w:rsid w:val="00543972"/>
     <w:rsid w:val="0056028C"/>
     <w:rsid w:val="005648DF"/>
     <w:rsid w:val="005733D9"/>
     <w:rsid w:val="00582621"/>
     <w:rsid w:val="00590018"/>
     <w:rsid w:val="005964A8"/>
     <w:rsid w:val="005A1091"/>
@@ -43651,100 +43530,98 @@
     <w:rsid w:val="009F3432"/>
     <w:rsid w:val="009F51B1"/>
     <w:rsid w:val="00A027BD"/>
     <w:rsid w:val="00A04602"/>
     <w:rsid w:val="00A05EAE"/>
     <w:rsid w:val="00A10306"/>
     <w:rsid w:val="00A22543"/>
     <w:rsid w:val="00A3735A"/>
     <w:rsid w:val="00A37EE5"/>
     <w:rsid w:val="00A46136"/>
     <w:rsid w:val="00A50216"/>
     <w:rsid w:val="00A623C5"/>
     <w:rsid w:val="00A637E7"/>
     <w:rsid w:val="00A71435"/>
     <w:rsid w:val="00A926E4"/>
     <w:rsid w:val="00A947D4"/>
     <w:rsid w:val="00AB009F"/>
     <w:rsid w:val="00AB4152"/>
     <w:rsid w:val="00AB6616"/>
     <w:rsid w:val="00AB6740"/>
     <w:rsid w:val="00AC6B8C"/>
     <w:rsid w:val="00AD070A"/>
     <w:rsid w:val="00AD685D"/>
     <w:rsid w:val="00AE3ED2"/>
     <w:rsid w:val="00AE4DCD"/>
-    <w:rsid w:val="00AE6C02"/>
     <w:rsid w:val="00AF453F"/>
     <w:rsid w:val="00B045F5"/>
     <w:rsid w:val="00B07E76"/>
     <w:rsid w:val="00B115D7"/>
     <w:rsid w:val="00B11901"/>
     <w:rsid w:val="00B122B3"/>
     <w:rsid w:val="00B1393B"/>
     <w:rsid w:val="00B20EFB"/>
     <w:rsid w:val="00B21C9A"/>
     <w:rsid w:val="00B21D0F"/>
     <w:rsid w:val="00B237AE"/>
     <w:rsid w:val="00B312F6"/>
     <w:rsid w:val="00B3168B"/>
     <w:rsid w:val="00B3767C"/>
     <w:rsid w:val="00B42EB0"/>
     <w:rsid w:val="00B53529"/>
     <w:rsid w:val="00B55EB2"/>
     <w:rsid w:val="00B6225B"/>
     <w:rsid w:val="00B70B14"/>
     <w:rsid w:val="00B7405E"/>
     <w:rsid w:val="00B75187"/>
     <w:rsid w:val="00B758CC"/>
     <w:rsid w:val="00B7740B"/>
     <w:rsid w:val="00B84EFA"/>
     <w:rsid w:val="00B8761B"/>
     <w:rsid w:val="00B90D59"/>
     <w:rsid w:val="00BA0F36"/>
     <w:rsid w:val="00BA4D97"/>
     <w:rsid w:val="00BB159B"/>
     <w:rsid w:val="00BB4C2E"/>
     <w:rsid w:val="00BB7CF9"/>
     <w:rsid w:val="00BC0129"/>
     <w:rsid w:val="00BC12C6"/>
     <w:rsid w:val="00BC576A"/>
     <w:rsid w:val="00BC59AA"/>
     <w:rsid w:val="00BC7EBD"/>
     <w:rsid w:val="00BD1CFF"/>
     <w:rsid w:val="00BE0DAB"/>
     <w:rsid w:val="00BE3EC6"/>
     <w:rsid w:val="00BE54DD"/>
     <w:rsid w:val="00BE7E1B"/>
     <w:rsid w:val="00BF2407"/>
     <w:rsid w:val="00BF2CD2"/>
     <w:rsid w:val="00BF4E5B"/>
     <w:rsid w:val="00BF64AE"/>
     <w:rsid w:val="00C1188D"/>
     <w:rsid w:val="00C120B1"/>
     <w:rsid w:val="00C32EB3"/>
-    <w:rsid w:val="00C422FB"/>
     <w:rsid w:val="00C4650A"/>
     <w:rsid w:val="00C525DF"/>
     <w:rsid w:val="00C575A7"/>
     <w:rsid w:val="00C61A8B"/>
     <w:rsid w:val="00C6236D"/>
     <w:rsid w:val="00C657E2"/>
     <w:rsid w:val="00C6783E"/>
     <w:rsid w:val="00C72283"/>
     <w:rsid w:val="00C7293E"/>
     <w:rsid w:val="00C7592F"/>
     <w:rsid w:val="00C807A8"/>
     <w:rsid w:val="00C849F2"/>
     <w:rsid w:val="00C91BB8"/>
     <w:rsid w:val="00C93100"/>
     <w:rsid w:val="00C957C9"/>
     <w:rsid w:val="00CA0942"/>
     <w:rsid w:val="00CA0A65"/>
     <w:rsid w:val="00CA160B"/>
     <w:rsid w:val="00CA47D4"/>
     <w:rsid w:val="00CA5C2C"/>
     <w:rsid w:val="00CB2C4A"/>
     <w:rsid w:val="00CB4ABE"/>
     <w:rsid w:val="00CC20AB"/>
     <w:rsid w:val="00CC32E9"/>
     <w:rsid w:val="00CD3B1A"/>
@@ -43806,51 +43683,50 @@
     <w:rsid w:val="00EC71B7"/>
     <w:rsid w:val="00EC794C"/>
     <w:rsid w:val="00ED754A"/>
     <w:rsid w:val="00EE21F8"/>
     <w:rsid w:val="00EE3FCB"/>
     <w:rsid w:val="00EF0802"/>
     <w:rsid w:val="00EF64D4"/>
     <w:rsid w:val="00F035DB"/>
     <w:rsid w:val="00F04C2C"/>
     <w:rsid w:val="00F05992"/>
     <w:rsid w:val="00F06577"/>
     <w:rsid w:val="00F11A1F"/>
     <w:rsid w:val="00F11B48"/>
     <w:rsid w:val="00F179CD"/>
     <w:rsid w:val="00F26E08"/>
     <w:rsid w:val="00F272EC"/>
     <w:rsid w:val="00F304AA"/>
     <w:rsid w:val="00F31B22"/>
     <w:rsid w:val="00F33177"/>
     <w:rsid w:val="00F37A7F"/>
     <w:rsid w:val="00F37DE1"/>
     <w:rsid w:val="00F44EA5"/>
     <w:rsid w:val="00F46EF0"/>
     <w:rsid w:val="00F531BF"/>
     <w:rsid w:val="00F55229"/>
-    <w:rsid w:val="00F57DDD"/>
     <w:rsid w:val="00F6074B"/>
     <w:rsid w:val="00F62F0D"/>
     <w:rsid w:val="00F64DB6"/>
     <w:rsid w:val="00F65B3A"/>
     <w:rsid w:val="00F66E97"/>
     <w:rsid w:val="00F74229"/>
     <w:rsid w:val="00F93DBA"/>
     <w:rsid w:val="00F96ACD"/>
     <w:rsid w:val="00FA0E45"/>
     <w:rsid w:val="00FA281C"/>
     <w:rsid w:val="00FA424D"/>
     <w:rsid w:val="00FA68CD"/>
     <w:rsid w:val="00FC295F"/>
     <w:rsid w:val="00FC4128"/>
     <w:rsid w:val="00FC6FEB"/>
     <w:rsid w:val="00FD15E4"/>
     <w:rsid w:val="00FD3631"/>
     <w:rsid w:val="00FE0607"/>
     <w:rsid w:val="00FF75D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -45703,51 +45579,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100703D7D4976985E498F98F40032A167D3" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c37db8005aeff049062639b187f0f038">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="9767385f-b484-44da-97b5-0be1fdd0de67" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e590ad8c5bd3f2d7ad036c366ccabadf" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="9767385f-b484-44da-97b5-0be1fdd0de67"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -45868,142 +45749,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D471B306-3EA9-41CC-82AF-4D82C41A3588}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CD7B67A-B759-43EF-819F-8EFD1A30357E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58494A3F-088B-40E7-BE4A-CF57E308304E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="9767385f-b484-44da-97b5-0be1fdd0de67"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CD7B67A-B759-43EF-819F-8EFD1A30357E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D471B306-3EA9-41CC-82AF-4D82C41A3588}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746E934B-6234-4F1D-B59C-84D737084C64}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>41</Pages>
-[...1 lines deleted...]
-  <Characters>87462</Characters>
+  <Pages>51</Pages>
+  <Words>15341</Words>
+  <Characters>87450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>728</Lines>
   <Paragraphs>205</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rotherham Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>102601</CharactersWithSpaces>
+  <CharactersWithSpaces>102586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gemma Oxley</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100703D7D4976985E498F98F40032A167D3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>55e0634a-eb02-4295-97d3-84a981b42026</vt:lpwstr>